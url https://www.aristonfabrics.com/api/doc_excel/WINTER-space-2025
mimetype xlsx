--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -12,206 +12,236 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>SHADE</t>
   </si>
   <si>
     <t>BUNCH</t>
   </si>
   <si>
     <t>AVAILABILITY</t>
   </si>
   <si>
     <t>SOLD OUT SINCE</t>
   </si>
   <si>
     <t>SUBSTITUTE CODE</t>
   </si>
   <si>
     <t>SUBSTITUTE SHADE</t>
   </si>
   <si>
     <t>COLLECTION</t>
   </si>
   <si>
+    <t>P138</t>
+  </si>
+  <si>
+    <t>SS25 ESSENTIAL P</t>
+  </si>
+  <si>
+    <t>15-01-2026</t>
+  </si>
+  <si>
+    <t>17-11-2025</t>
+  </si>
+  <si>
+    <t>INVERNO 2025</t>
+  </si>
+  <si>
     <t>A913</t>
   </si>
   <si>
     <t>SS25 HERITAGE P</t>
   </si>
   <si>
-    <t>15-12-2025</t>
-[...7 lines deleted...]
-  <si>
     <t>sold out</t>
   </si>
   <si>
     <t>10-10-2025</t>
   </si>
   <si>
-    <t>C207</t>
-[...20 lines deleted...]
-    <t>SS25 VIVALDI P</t>
+    <t>L072</t>
+  </si>
+  <si>
+    <t>SS25 LUX P</t>
+  </si>
+  <si>
+    <t>17-12-2025</t>
   </si>
   <si>
     <t>A592</t>
   </si>
   <si>
     <t>SS25 WORLD MOHAIR P</t>
   </si>
   <si>
+    <t>31-12-2025</t>
+  </si>
+  <si>
     <t>20-10-2025</t>
   </si>
   <si>
     <t xml:space="preserve">W25 CONTEMPORARY </t>
   </si>
   <si>
-    <t>31-12-2025</t>
+    <t>05-12-2025</t>
+  </si>
+  <si>
+    <t>09-12-2025</t>
+  </si>
+  <si>
+    <t>22-12-2025</t>
+  </si>
+  <si>
+    <t>24-11-2025</t>
+  </si>
+  <si>
+    <t>18-12-2025</t>
+  </si>
+  <si>
+    <t>19-12-2025</t>
   </si>
   <si>
     <t>P143</t>
   </si>
   <si>
     <t>W25 FLANNELS PERMANENT</t>
   </si>
   <si>
+    <t>27-11-2025</t>
+  </si>
+  <si>
+    <t>28-11-2025</t>
+  </si>
+  <si>
+    <t>P244</t>
+  </si>
+  <si>
+    <t>31-01-2026</t>
+  </si>
+  <si>
+    <t>P042</t>
+  </si>
+  <si>
+    <t>W25 JACKET JULIET</t>
+  </si>
+  <si>
+    <t>30-01-2026</t>
+  </si>
+  <si>
+    <t>21-11-2025</t>
+  </si>
+  <si>
+    <t>P266</t>
+  </si>
+  <si>
+    <t>01-12-2025</t>
+  </si>
+  <si>
+    <t>P275</t>
+  </si>
+  <si>
+    <t>30-12-2025</t>
+  </si>
+  <si>
+    <t>22-10-2025</t>
+  </si>
+  <si>
     <t>10-11-2025</t>
   </si>
   <si>
-    <t>21-10-2025</t>
-[...5 lines deleted...]
-    <t>W25 JACKET JULIET</t>
+    <t>12-12-2025</t>
+  </si>
+  <si>
+    <t>P276</t>
+  </si>
+  <si>
+    <t>15-02-2026</t>
+  </si>
+  <si>
+    <t>06-11-2025</t>
+  </si>
+  <si>
+    <t>P250</t>
+  </si>
+  <si>
+    <t>W25 JACKET ROMEO</t>
+  </si>
+  <si>
+    <t>P277</t>
+  </si>
+  <si>
+    <t>P287</t>
+  </si>
+  <si>
+    <t>20-11-2025</t>
+  </si>
+  <si>
+    <t>04-12-2025</t>
+  </si>
+  <si>
+    <t>P295</t>
+  </si>
+  <si>
+    <t>10-12-2025</t>
+  </si>
+  <si>
+    <t>P279</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W25 LIFE&amp;STYLE </t>
   </si>
   <si>
     <t>07-11-2025</t>
-  </si>
-[...49 lines deleted...]
-    <t>12-12-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -528,510 +558,844 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2">
-        <v>655</v>
+        <v>37</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B3">
         <v>657</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>15</v>
       </c>
-      <c r="B4">
-[...7 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B5">
-        <v>10</v>
+        <v>61</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="B6">
-        <v>110</v>
+        <v>279</v>
       </c>
       <c r="C6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="B7">
-        <v>93</v>
+        <v>622</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="B8">
-        <v>61</v>
+        <v>646</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B9">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="B10">
-        <v>12</v>
+        <v>689</v>
       </c>
       <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
         <v>29</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="B11">
-        <v>20</v>
+        <v>692</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="B12">
-        <v>5</v>
+        <v>695</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="B13">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="B14">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="B15">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="B16">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="D16" t="s">
+        <v>36</v>
+      </c>
+      <c r="E16" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="B17">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>22</v>
       </c>
       <c r="E17" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="B18">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="B19">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="B20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D20" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21">
+        <v>5</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>45</v>
+      </c>
+      <c r="F21" t="s">
+        <v>43</v>
+      </c>
+      <c r="G21">
+        <v>9</v>
+      </c>
+      <c r="H21" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22">
+        <v>6</v>
+      </c>
+      <c r="C22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>46</v>
+      </c>
+      <c r="F22"/>
+      <c r="G22"/>
+      <c r="H22" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" t="s">
+        <v>44</v>
+      </c>
+      <c r="E23" t="s">
+        <v>47</v>
+      </c>
+      <c r="F23"/>
+      <c r="G23"/>
+      <c r="H23" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24">
+        <v>3</v>
+      </c>
+      <c r="C24" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" t="s">
+        <v>49</v>
+      </c>
+      <c r="E24" t="s">
+        <v>34</v>
+      </c>
+      <c r="F24"/>
+      <c r="G24"/>
+      <c r="H24" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>48</v>
+      </c>
+      <c r="B25">
+        <v>4</v>
+      </c>
+      <c r="C25" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" t="s">
+        <v>22</v>
+      </c>
+      <c r="E25" t="s">
+        <v>34</v>
+      </c>
+      <c r="F25"/>
+      <c r="G25"/>
+      <c r="H25" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>48</v>
+      </c>
+      <c r="B26">
+        <v>5</v>
+      </c>
+      <c r="C26" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26" t="s">
+        <v>22</v>
+      </c>
+      <c r="E26" t="s">
+        <v>50</v>
+      </c>
+      <c r="F26"/>
+      <c r="G26"/>
+      <c r="H26" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27">
+        <v>4</v>
+      </c>
+      <c r="C27" t="s">
+        <v>52</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27"/>
+      <c r="H27" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>51</v>
+      </c>
+      <c r="B28">
+        <v>6</v>
+      </c>
+      <c r="C28" t="s">
+        <v>52</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28"/>
+      <c r="G28"/>
+      <c r="H28" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>53</v>
+      </c>
+      <c r="B29">
+        <v>10</v>
+      </c>
+      <c r="C29" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>47</v>
+      </c>
+      <c r="F29"/>
+      <c r="G29"/>
+      <c r="H29" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>54</v>
+      </c>
+      <c r="B30">
+        <v>1</v>
+      </c>
+      <c r="C30" t="s">
+        <v>52</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>55</v>
+      </c>
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>54</v>
+      </c>
+      <c r="B31">
+        <v>5</v>
+      </c>
+      <c r="C31" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>56</v>
+      </c>
+      <c r="F31"/>
+      <c r="G31"/>
+      <c r="H31" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>57</v>
+      </c>
+      <c r="B32">
+        <v>1</v>
+      </c>
+      <c r="C32" t="s">
+        <v>52</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>33</v>
+      </c>
+      <c r="F32"/>
+      <c r="G32"/>
+      <c r="H32" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>57</v>
+      </c>
+      <c r="B33">
+        <v>2</v>
+      </c>
+      <c r="C33" t="s">
+        <v>52</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>58</v>
+      </c>
+      <c r="F33"/>
+      <c r="G33"/>
+      <c r="H33" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>57</v>
+      </c>
+      <c r="B34">
+        <v>3</v>
+      </c>
+      <c r="C34" t="s">
+        <v>52</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>50</v>
+      </c>
+      <c r="F34"/>
+      <c r="G34"/>
+      <c r="H34" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>59</v>
+      </c>
+      <c r="B35">
+        <v>3</v>
+      </c>
+      <c r="C35" t="s">
+        <v>60</v>
+      </c>
+      <c r="D35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" t="s">
+        <v>61</v>
+      </c>
+      <c r="F35"/>
+      <c r="G35"/>
+      <c r="H35" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>