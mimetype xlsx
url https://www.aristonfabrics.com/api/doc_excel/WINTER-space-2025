--- v1 (2025-12-25)
+++ v2 (2026-03-04)
@@ -12,236 +12,284 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>SHADE</t>
   </si>
   <si>
     <t>BUNCH</t>
   </si>
   <si>
     <t>AVAILABILITY</t>
   </si>
   <si>
     <t>SOLD OUT SINCE</t>
   </si>
   <si>
     <t>SUBSTITUTE CODE</t>
   </si>
   <si>
     <t>SUBSTITUTE SHADE</t>
   </si>
   <si>
     <t>COLLECTION</t>
   </si>
   <si>
     <t>P138</t>
   </si>
   <si>
     <t>SS25 ESSENTIAL P</t>
   </si>
   <si>
+    <t>30-04-2026</t>
+  </si>
+  <si>
+    <t>16-02-2026</t>
+  </si>
+  <si>
+    <t>INVERNO 2025</t>
+  </si>
+  <si>
+    <t>15-03-2026</t>
+  </si>
+  <si>
+    <t>10-02-2026</t>
+  </si>
+  <si>
+    <t>A913</t>
+  </si>
+  <si>
+    <t>SS25 HERITAGE P</t>
+  </si>
+  <si>
+    <t>sold out</t>
+  </si>
+  <si>
+    <t>10-10-2025</t>
+  </si>
+  <si>
+    <t>L072</t>
+  </si>
+  <si>
+    <t>SS25 LUX P</t>
+  </si>
+  <si>
+    <t>11-03-2026</t>
+  </si>
+  <si>
+    <t>17-12-2025</t>
+  </si>
+  <si>
+    <t>D088</t>
+  </si>
+  <si>
+    <t>SS25 SHIRTS RESEARCH P</t>
+  </si>
+  <si>
+    <t>10-03-2026</t>
+  </si>
+  <si>
+    <t>04-03-2026</t>
+  </si>
+  <si>
+    <t>P103</t>
+  </si>
+  <si>
+    <t>SS25 SUMMER SOLIDS P</t>
+  </si>
+  <si>
+    <t>03-02-2026</t>
+  </si>
+  <si>
+    <t>A851</t>
+  </si>
+  <si>
+    <t>P213</t>
+  </si>
+  <si>
+    <t>SS25 VIVALDI P</t>
+  </si>
+  <si>
+    <t>15-04-2026</t>
+  </si>
+  <si>
+    <t>05-02-2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W25 CONTEMPORARY </t>
+  </si>
+  <si>
+    <t>26-01-2026</t>
+  </si>
+  <si>
+    <t>14-01-2026</t>
+  </si>
+  <si>
+    <t>A927</t>
+  </si>
+  <si>
+    <t>W25 JACKET JULIET</t>
+  </si>
+  <si>
+    <t>07-04-2026</t>
+  </si>
+  <si>
+    <t>07-01-2026</t>
+  </si>
+  <si>
+    <t>P042</t>
+  </si>
+  <si>
+    <t>P248</t>
+  </si>
+  <si>
+    <t>27-02-2026</t>
+  </si>
+  <si>
+    <t>03-03-2026</t>
+  </si>
+  <si>
+    <t>P266</t>
+  </si>
+  <si>
+    <t>01-12-2025</t>
+  </si>
+  <si>
+    <t>P270</t>
+  </si>
+  <si>
+    <t>P275</t>
+  </si>
+  <si>
+    <t>22-10-2025</t>
+  </si>
+  <si>
+    <t>P276</t>
+  </si>
+  <si>
+    <t>28-11-2025</t>
+  </si>
+  <si>
+    <t>P223</t>
+  </si>
+  <si>
+    <t>W25 JACKET ROMEO</t>
+  </si>
+  <si>
     <t>15-01-2026</t>
   </si>
   <si>
-    <t>17-11-2025</t>
-[...62 lines deleted...]
-    <t>W25 FLANNELS PERMANENT</t>
+    <t>P250</t>
+  </si>
+  <si>
+    <t>11-05-2026</t>
   </si>
   <si>
     <t>27-11-2025</t>
   </si>
   <si>
-    <t>28-11-2025</t>
-[...35 lines deleted...]
-    <t>10-11-2025</t>
+    <t>P277</t>
   </si>
   <si>
     <t>12-12-2025</t>
   </si>
   <si>
-    <t>P276</t>
-[...14 lines deleted...]
-    <t>P277</t>
+    <t>P246</t>
+  </si>
+  <si>
+    <t>P285</t>
+  </si>
+  <si>
+    <t>08-01-2026</t>
+  </si>
+  <si>
+    <t>24-02-2026</t>
+  </si>
+  <si>
+    <t>02-02-2026</t>
   </si>
   <si>
     <t>P287</t>
   </si>
   <si>
+    <t>31-03-2026</t>
+  </si>
+  <si>
     <t>20-11-2025</t>
   </si>
   <si>
-    <t>04-12-2025</t>
-[...5 lines deleted...]
-    <t>10-12-2025</t>
+    <t>P289</t>
+  </si>
+  <si>
+    <t>20-02-2026</t>
+  </si>
+  <si>
+    <t>C123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W25 LIFE&amp;STYLE </t>
+  </si>
+  <si>
+    <t>09-02-2026</t>
   </si>
   <si>
     <t>P279</t>
   </si>
   <si>
-    <t xml:space="preserve">W25 LIFE&amp;STYLE </t>
+    <t>20-03-2026</t>
   </si>
   <si>
     <t>07-11-2025</t>
+  </si>
+  <si>
+    <t>20-06-2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -558,844 +606,878 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="B3">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B4">
-        <v>9</v>
+        <v>657</v>
       </c>
       <c r="C4" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E4" t="s">
         <v>18</v>
-      </c>
-[...4 lines deleted...]
-        <v>19</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>20</v>
       </c>
-      <c r="B5">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>21</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="B6">
-        <v>279</v>
+        <v>2</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="B7">
-        <v>622</v>
+        <v>3</v>
       </c>
       <c r="C7" t="s">
         <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
-      <c r="F7"/>
-      <c r="G7"/>
+      <c r="F7" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7">
+        <v>2</v>
+      </c>
       <c r="H7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="B8">
-        <v>646</v>
+        <v>5</v>
       </c>
       <c r="C8" t="s">
+        <v>28</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...6 lines deleted...]
-      <c r="G8"/>
       <c r="H8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="B9">
-        <v>688</v>
+        <v>17</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B10">
-        <v>689</v>
+        <v>205</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B11">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D11" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B12">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="B13">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="B14">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B15">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C15" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>44</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B16">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="B17">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C17" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="B18">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="G19"/>
+        <v>50</v>
+      </c>
+      <c r="F19" t="s">
+        <v>49</v>
+      </c>
+      <c r="G19">
+        <v>9</v>
+      </c>
       <c r="H19" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>21</v>
       </c>
       <c r="E20" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="B21">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C21" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
-[...6 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="F21"/>
+      <c r="G21"/>
       <c r="H21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B22">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C22" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D22" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="E22" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B23">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C23" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D23" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="E23" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="B24">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C24" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D24" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E24" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="B25">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="C25" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D25" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="E25" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="G25"/>
+        <v>60</v>
+      </c>
+      <c r="F25" t="s">
+        <v>61</v>
+      </c>
+      <c r="G25">
+        <v>1</v>
+      </c>
       <c r="H25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="B26">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C26" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="D26" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="E26" t="s">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="B27">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="C27" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="E27" t="s">
-        <v>19</v>
+        <v>64</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="B28">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="C28" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D28" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="E28" t="s">
-        <v>33</v>
+        <v>65</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="B29">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C29" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
       <c r="E29" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>69</v>
+      </c>
+      <c r="B30">
+        <v>4</v>
+      </c>
+      <c r="C30" t="s">
         <v>54</v>
       </c>
-      <c r="B30">
-[...4 lines deleted...]
-      </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E30" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>54</v>
+        <v>71</v>
       </c>
       <c r="B31">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="C31" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="D31" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E31" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C32" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="D32" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E32" t="s">
-        <v>33</v>
+        <v>14</v>
       </c>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B33">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="C33" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="D33" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E33" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>57</v>
+        <v>74</v>
       </c>
       <c r="B34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C34" t="s">
-        <v>52</v>
+        <v>72</v>
       </c>
       <c r="D34" t="s">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="E34" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B35">
         <v>3</v>
       </c>
       <c r="C35" t="s">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E35" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36">
+        <v>6</v>
+      </c>
+      <c r="C36" t="s">
+        <v>72</v>
+      </c>
+      <c r="D36" t="s">
+        <v>77</v>
+      </c>
+      <c r="E36" t="s">
+        <v>45</v>
+      </c>
+      <c r="F36"/>
+      <c r="G36"/>
+      <c r="H36" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>