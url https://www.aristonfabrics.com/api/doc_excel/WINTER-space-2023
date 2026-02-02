--- v0 (2025-10-16)
+++ v1 (2026-02-02)
@@ -12,361 +12,400 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="250">
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>SHADE</t>
   </si>
   <si>
     <t>BUNCH</t>
   </si>
   <si>
     <t>AVAILABILITY</t>
   </si>
   <si>
     <t>SOLD OUT SINCE</t>
   </si>
   <si>
     <t>SUBSTITUTE CODE</t>
   </si>
   <si>
     <t>SUBSTITUTE SHADE</t>
   </si>
   <si>
     <t>COLLECTION</t>
   </si>
   <si>
     <t>P025</t>
   </si>
   <si>
     <t xml:space="preserve">W23 160 E 140 </t>
   </si>
   <si>
     <t>sold out</t>
   </si>
   <si>
     <t>02-01-2025</t>
   </si>
   <si>
     <t>INVERNO 2023</t>
   </si>
   <si>
+    <t>05-12-2025</t>
+  </si>
+  <si>
     <t>03-02-2025</t>
   </si>
   <si>
     <t>12-02-2025</t>
   </si>
   <si>
-    <t>15-12-2025</t>
+    <t>16-10-2024</t>
+  </si>
+  <si>
+    <t>05-09-2024</t>
+  </si>
+  <si>
+    <t>P123</t>
+  </si>
+  <si>
+    <t>10-02-2025</t>
+  </si>
+  <si>
+    <t>P139</t>
+  </si>
+  <si>
+    <t>05-11-2024</t>
+  </si>
+  <si>
+    <t>03-07-2024</t>
+  </si>
+  <si>
+    <t>A913</t>
+  </si>
+  <si>
+    <t>06-06-2024</t>
+  </si>
+  <si>
+    <t>22-01-2024</t>
+  </si>
+  <si>
+    <t>21-02-2024</t>
+  </si>
+  <si>
+    <t>28-01-2025</t>
+  </si>
+  <si>
+    <t>18-11-2024</t>
+  </si>
+  <si>
+    <t>22-04-2025</t>
+  </si>
+  <si>
+    <t>26-11-2024</t>
+  </si>
+  <si>
+    <t>A757</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W23 ATMOSPHERE </t>
+  </si>
+  <si>
+    <t>04-07-2024</t>
+  </si>
+  <si>
+    <t>01-12-2023</t>
+  </si>
+  <si>
+    <t>09-11-2023</t>
+  </si>
+  <si>
+    <t>P212</t>
+  </si>
+  <si>
+    <t>29-02-2024</t>
+  </si>
+  <si>
+    <t>02-02-2024</t>
+  </si>
+  <si>
+    <t>P083</t>
+  </si>
+  <si>
+    <t>21-01-2025</t>
+  </si>
+  <si>
+    <t>24-11-2025</t>
+  </si>
+  <si>
+    <t>07-10-2024</t>
+  </si>
+  <si>
+    <t>13-11-2024</t>
+  </si>
+  <si>
+    <t>09-04-2025</t>
+  </si>
+  <si>
+    <t>11-12-2025</t>
+  </si>
+  <si>
+    <t>P172</t>
+  </si>
+  <si>
+    <t>20-12-2023</t>
+  </si>
+  <si>
+    <t>03-12-2025</t>
+  </si>
+  <si>
+    <t>21-10-2024</t>
+  </si>
+  <si>
+    <t>13-01-2025</t>
+  </si>
+  <si>
+    <t>04-09-2024</t>
+  </si>
+  <si>
+    <t>05-08-2025</t>
+  </si>
+  <si>
+    <t>P195</t>
+  </si>
+  <si>
+    <t>08-08-2025</t>
+  </si>
+  <si>
+    <t>11-06-2024</t>
+  </si>
+  <si>
+    <t>07-11-2023</t>
+  </si>
+  <si>
+    <t>P272</t>
+  </si>
+  <si>
+    <t>29-01-2024</t>
+  </si>
+  <si>
+    <t>04-09-2025</t>
+  </si>
+  <si>
+    <t>02-12-2024</t>
+  </si>
+  <si>
+    <t>20-10-2025</t>
+  </si>
+  <si>
+    <t>P216</t>
+  </si>
+  <si>
+    <t>03-07-2025</t>
+  </si>
+  <si>
+    <t>P224</t>
+  </si>
+  <si>
+    <t>20-12-2024</t>
+  </si>
+  <si>
+    <t>P245</t>
   </si>
   <si>
     <t>10-10-2025</t>
   </si>
   <si>
-    <t>16-10-2024</t>
-[...139 lines deleted...]
-  <si>
     <t>02-09-2025</t>
   </si>
   <si>
     <t>P253</t>
   </si>
   <si>
     <t>29-04-2025</t>
   </si>
   <si>
     <t>P042</t>
   </si>
   <si>
     <t xml:space="preserve">W23 CLIMAX </t>
   </si>
   <si>
     <t>30-10-2023</t>
   </si>
   <si>
     <t>P091</t>
   </si>
   <si>
     <t>18-01-2024</t>
   </si>
   <si>
     <t>P189</t>
   </si>
   <si>
     <t>P228</t>
   </si>
   <si>
     <t>30-01-2025</t>
   </si>
   <si>
     <t>P229</t>
   </si>
   <si>
     <t>08-10-2024</t>
   </si>
   <si>
     <t>17-02-2025</t>
   </si>
   <si>
+    <t>P244</t>
+  </si>
+  <si>
     <t>24-07-2025</t>
   </si>
   <si>
     <t>25-10-2024</t>
   </si>
   <si>
     <t>23-07-2025</t>
   </si>
   <si>
     <t xml:space="preserve">W23 CONTEMPORARY </t>
   </si>
   <si>
     <t>12-01-2024</t>
   </si>
   <si>
+    <t>28-02-2026</t>
+  </si>
+  <si>
+    <t>22-01-2026</t>
+  </si>
+  <si>
     <t>09-01-2024</t>
   </si>
   <si>
     <t>30-10-2024</t>
   </si>
   <si>
     <t>06-03-2025</t>
   </si>
   <si>
+    <t>20-01-2026</t>
+  </si>
+  <si>
+    <t>09-01-2026</t>
+  </si>
+  <si>
     <t>27-08-2024</t>
   </si>
   <si>
     <t>17-04-2024</t>
   </si>
   <si>
     <t>07-06-2024</t>
   </si>
   <si>
     <t>15-04-2025</t>
   </si>
   <si>
     <t>20-03-2025</t>
   </si>
   <si>
     <t>13-02-2025</t>
   </si>
   <si>
     <t>04-03-2025</t>
   </si>
   <si>
     <t>18-07-2024</t>
   </si>
   <si>
     <t>10-10-2024</t>
   </si>
   <si>
     <t>19-03-2025</t>
   </si>
   <si>
     <t>11-11-2024</t>
   </si>
   <si>
+    <t>A927</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W23 FUNKY </t>
+  </si>
+  <si>
+    <t>07-04-2026</t>
+  </si>
+  <si>
+    <t>07-01-2026</t>
+  </si>
+  <si>
     <t>P089</t>
   </si>
   <si>
-    <t xml:space="preserve">W23 FUNKY </t>
-[...1 lines deleted...]
-  <si>
     <t>17-09-2024</t>
   </si>
   <si>
     <t>29-03-2024</t>
   </si>
   <si>
     <t>P188</t>
   </si>
   <si>
     <t>07-01-2025</t>
   </si>
   <si>
+    <t>17-12-2025</t>
+  </si>
+  <si>
     <t>14-03-2024</t>
   </si>
   <si>
     <t>P242</t>
   </si>
   <si>
     <t>P217</t>
   </si>
   <si>
     <t>21-11-2024</t>
   </si>
   <si>
     <t>20-01-2025</t>
   </si>
   <si>
     <t>06-12-2024</t>
   </si>
   <si>
     <t>18-12-2023</t>
   </si>
   <si>
     <t>P219</t>
   </si>
   <si>
     <t>22-12-2023</t>
@@ -407,56 +446,62 @@
   <si>
     <t xml:space="preserve">W23 JAZZ </t>
   </si>
   <si>
     <t>09-01-2025</t>
   </si>
   <si>
     <t>P274</t>
   </si>
   <si>
     <t>26-07-2024</t>
   </si>
   <si>
     <t>18-04-2024</t>
   </si>
   <si>
     <t>04-01-2024</t>
   </si>
   <si>
     <t>03-11-2023</t>
   </si>
   <si>
     <t>14-10-2024</t>
   </si>
   <si>
+    <t>27-11-2025</t>
+  </si>
+  <si>
     <t>A754</t>
   </si>
   <si>
     <t>06-05-2024</t>
   </si>
   <si>
+    <t>09-12-2025</t>
+  </si>
+  <si>
     <t>A947</t>
   </si>
   <si>
     <t>09-06-2025</t>
   </si>
   <si>
     <t>25-07-2025</t>
   </si>
   <si>
     <t>10-06-2024</t>
   </si>
   <si>
     <t>14-06-2024</t>
   </si>
   <si>
     <t>02-04-2025</t>
   </si>
   <si>
     <t>P182</t>
   </si>
   <si>
     <t>15-01-2024</t>
   </si>
   <si>
     <t>P222</t>
@@ -509,95 +554,92 @@
   <si>
     <t>26-06-2025</t>
   </si>
   <si>
     <t>19-12-2024</t>
   </si>
   <si>
     <t>30-06-2025</t>
   </si>
   <si>
     <t>A811</t>
   </si>
   <si>
     <t>31-01-2024</t>
   </si>
   <si>
     <t>07-08-2025</t>
   </si>
   <si>
     <t>P138</t>
   </si>
   <si>
     <t xml:space="preserve">W23 SOLID 4 SEASON </t>
   </si>
   <si>
-    <t>23-10-2025</t>
-[...2 lines deleted...]
-    <t>08-04-2025</t>
+    <t>13-05-2024</t>
   </si>
   <si>
     <t>P144</t>
   </si>
   <si>
-    <t>13-05-2024</t>
-[...1 lines deleted...]
-  <si>
     <t>P077</t>
   </si>
   <si>
     <t xml:space="preserve">W23 SOLID FLANNELS </t>
   </si>
   <si>
-    <t>P244</t>
-[...1 lines deleted...]
-  <si>
     <t>24-01-2024</t>
   </si>
   <si>
     <t>14-03-2025</t>
   </si>
   <si>
     <t>P203</t>
   </si>
   <si>
     <t>30-05-2024</t>
   </si>
   <si>
     <t>11-12-2023</t>
   </si>
   <si>
     <t>P221</t>
   </si>
   <si>
+    <t>19-01-2026</t>
+  </si>
+  <si>
     <t>08-05-2025</t>
   </si>
   <si>
     <t>29-05-2025</t>
   </si>
   <si>
+    <t>16-01-2026</t>
+  </si>
+  <si>
     <t>C079</t>
   </si>
   <si>
     <t>W23-LIFE&amp;STYLE</t>
   </si>
   <si>
     <t>C120</t>
   </si>
   <si>
     <t>C123</t>
   </si>
   <si>
     <t>26-01-2024</t>
   </si>
   <si>
     <t>31-10-2023</t>
   </si>
   <si>
     <t>18-03-2024</t>
   </si>
   <si>
     <t>01-08-2024</t>
   </si>
   <si>
     <t>C138</t>
@@ -633,50 +675,53 @@
     <t>15-12-2023</t>
   </si>
   <si>
     <t>C194</t>
   </si>
   <si>
     <t>C201</t>
   </si>
   <si>
     <t>C202</t>
   </si>
   <si>
     <t>04-03-2024</t>
   </si>
   <si>
     <t>04-12-2023</t>
   </si>
   <si>
     <t>C209</t>
   </si>
   <si>
     <t>09-04-2024</t>
   </si>
   <si>
     <t>24-11-2023</t>
+  </si>
+  <si>
+    <t>21-10-2025</t>
   </si>
   <si>
     <t>C208</t>
   </si>
   <si>
     <t>17-06-2025</t>
   </si>
   <si>
     <t>19-12-2023</t>
   </si>
   <si>
     <t>C210</t>
   </si>
   <si>
     <t>P279</t>
   </si>
   <si>
     <t>19-05-2025</t>
   </si>
   <si>
     <t>16-01-2025</t>
   </si>
   <si>
     <t>15-10-2024</t>
   </si>
@@ -1077,51 +1122,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H224"/>
+  <dimension ref="A1:H239"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.281982" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1149,5126 +1194,5472 @@
         <v>8</v>
       </c>
       <c r="B2">
         <v>101</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4">
-        <v>62</v>
+        <v>105</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" t="s">
+        <v>10</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6">
         <v>97</v>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7">
         <v>98</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8">
         <v>14</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G8">
         <v>33</v>
       </c>
       <c r="H8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B9">
         <v>2</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B10">
         <v>23</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F10" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G10">
         <v>29</v>
       </c>
       <c r="H10" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B11">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G11">
         <v>264</v>
       </c>
       <c r="H11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B12">
         <v>3</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B13">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
       <c r="H13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B14">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B15">
         <v>40</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G15">
         <v>505</v>
       </c>
       <c r="H15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B16">
         <v>41</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B17">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B18">
         <v>49</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B19">
         <v>50</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B20">
         <v>6</v>
       </c>
       <c r="C20" t="s">
+        <v>32</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B21">
         <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F21" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G21">
         <v>36</v>
       </c>
       <c r="H21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B22">
         <v>85</v>
       </c>
       <c r="C22" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
+        <v>35</v>
+      </c>
+      <c r="F22" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G22">
         <v>11</v>
       </c>
       <c r="H22" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B23">
         <v>86</v>
       </c>
       <c r="C23" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B24">
         <v>89</v>
       </c>
       <c r="C24" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B25">
         <v>34</v>
       </c>
       <c r="C25" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B26">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="C26" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>41</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
+        <v>39</v>
+      </c>
+      <c r="B27">
+        <v>51</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B28">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C28" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B29">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C29" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B30">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C30" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>39</v>
+      </c>
+      <c r="B31">
+        <v>67</v>
+      </c>
+      <c r="C31" t="s">
+        <v>32</v>
+      </c>
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
         <v>40</v>
-      </c>
-[...10 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="B32">
-        <v>11</v>
+        <v>68</v>
       </c>
       <c r="C32" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>46</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F32"/>
+      <c r="G32"/>
       <c r="H32" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>39</v>
+      </c>
+      <c r="B33">
+        <v>71</v>
+      </c>
+      <c r="C33" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B34">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C34" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="G34"/>
+        <v>47</v>
+      </c>
+      <c r="F34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34">
+        <v>20</v>
+      </c>
       <c r="H34" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B35">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C35" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B36">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="C36" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="B37">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="C37" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B38">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C38" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B39">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>54</v>
-[...6 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="F39"/>
+      <c r="G39"/>
       <c r="H39" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="B40">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="C40" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B41">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C41" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B42">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C42" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-      <c r="G42"/>
+        <v>56</v>
+      </c>
+      <c r="F42" t="s">
+        <v>57</v>
+      </c>
+      <c r="G42">
+        <v>1</v>
+      </c>
       <c r="H42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B43">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="C43" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>36</v>
+      </c>
+      <c r="B44">
+        <v>4</v>
+      </c>
+      <c r="C44" t="s">
+        <v>32</v>
+      </c>
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
         <v>59</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>61</v>
+        <v>36</v>
       </c>
       <c r="B45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="B46">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C46" t="s">
+        <v>32</v>
+      </c>
+      <c r="D46" t="s">
+        <v>10</v>
+      </c>
+      <c r="E46" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="B47">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B48">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C48" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>64</v>
+      </c>
+      <c r="B49">
+        <v>4</v>
+      </c>
+      <c r="C49" t="s">
+        <v>32</v>
+      </c>
+      <c r="D49" t="s">
+        <v>10</v>
+      </c>
+      <c r="E49" t="s">
         <v>65</v>
-      </c>
-[...10 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B50">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C50" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F50"/>
       <c r="G50"/>
       <c r="H50" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B51">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C51" t="s">
+        <v>32</v>
+      </c>
+      <c r="D51" t="s">
+        <v>10</v>
+      </c>
+      <c r="E51" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F51"/>
       <c r="G51"/>
       <c r="H51" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>69</v>
+      </c>
+      <c r="B52">
+        <v>1</v>
+      </c>
+      <c r="C52" t="s">
+        <v>32</v>
+      </c>
+      <c r="D52" t="s">
+        <v>10</v>
+      </c>
+      <c r="E52" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
       <c r="F52"/>
       <c r="G52"/>
       <c r="H52" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C53" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B54">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C54" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="F54"/>
       <c r="G54"/>
       <c r="H54" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B55">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C55" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F55"/>
       <c r="G55"/>
       <c r="H55" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>74</v>
+      </c>
+      <c r="B56">
+        <v>7</v>
+      </c>
+      <c r="C56" t="s">
+        <v>72</v>
+      </c>
+      <c r="D56" t="s">
+        <v>10</v>
+      </c>
+      <c r="E56" t="s">
         <v>75</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B57">
         <v>3</v>
       </c>
       <c r="C57" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
-        <v>78</v>
+        <v>58</v>
       </c>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B58">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C58" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F58"/>
       <c r="G58"/>
       <c r="H58" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B59">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C59" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>80</v>
       </c>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="B60">
-        <v>193</v>
+        <v>2</v>
       </c>
       <c r="C60" t="s">
+        <v>72</v>
+      </c>
+      <c r="D60" t="s">
+        <v>10</v>
+      </c>
+      <c r="E60" t="s">
         <v>81</v>
       </c>
-      <c r="D60" t="s">
-[...2 lines deleted...]
-      <c r="E60" t="s">
+      <c r="F60" t="s">
         <v>82</v>
       </c>
-      <c r="F60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G60">
-        <v>329</v>
+        <v>3</v>
       </c>
       <c r="H60" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="B61">
-        <v>266</v>
+        <v>3</v>
       </c>
       <c r="C61" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>83</v>
       </c>
-      <c r="F61" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F61"/>
+      <c r="G61"/>
       <c r="H61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="B62">
-        <v>401</v>
+        <v>6</v>
       </c>
       <c r="C62" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>84</v>
       </c>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="B63">
-        <v>403</v>
+        <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>85</v>
       </c>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B64">
-        <v>482</v>
+        <v>193</v>
       </c>
       <c r="C64" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-      <c r="G64"/>
+        <v>87</v>
+      </c>
+      <c r="F64" t="s">
+        <v>23</v>
+      </c>
+      <c r="G64">
+        <v>329</v>
+      </c>
       <c r="H64" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B65">
-        <v>549</v>
+        <v>206</v>
       </c>
       <c r="C65" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D65" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="E65" t="s">
-        <v>86</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F65"/>
+      <c r="G65"/>
       <c r="H65" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B66">
-        <v>585</v>
+        <v>266</v>
       </c>
       <c r="C66" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-      <c r="G66"/>
+        <v>90</v>
+      </c>
+      <c r="F66" t="s">
+        <v>23</v>
+      </c>
+      <c r="G66">
+        <v>268</v>
+      </c>
       <c r="H66" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B67">
-        <v>587</v>
+        <v>401</v>
       </c>
       <c r="C67" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
-        <v>11</v>
+        <v>91</v>
       </c>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B68">
-        <v>588</v>
+        <v>403</v>
       </c>
       <c r="C68" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B69">
-        <v>589</v>
+        <v>428</v>
       </c>
       <c r="C69" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D69" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="E69" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G69"/>
+        <v>93</v>
+      </c>
+      <c r="F69" t="s">
+        <v>23</v>
+      </c>
+      <c r="G69">
+        <v>416</v>
+      </c>
       <c r="H69" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B70">
-        <v>590</v>
+        <v>456</v>
       </c>
       <c r="C70" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B71">
-        <v>592</v>
+        <v>482</v>
       </c>
       <c r="C71" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B72">
-        <v>593</v>
+        <v>548</v>
       </c>
       <c r="C72" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B73">
-        <v>594</v>
+        <v>549</v>
       </c>
       <c r="C73" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-      <c r="G73"/>
+        <v>95</v>
+      </c>
+      <c r="F73" t="s">
+        <v>23</v>
+      </c>
+      <c r="G73">
+        <v>642</v>
+      </c>
       <c r="H73" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B74">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="C74" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B75">
-        <v>596</v>
+        <v>587</v>
       </c>
       <c r="C75" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B76">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="C76" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
-        <v>11</v>
+        <v>97</v>
       </c>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B77">
-        <v>598</v>
+        <v>589</v>
       </c>
       <c r="C77" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B78">
-        <v>599</v>
+        <v>590</v>
       </c>
       <c r="C78" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B79">
-        <v>600</v>
+        <v>592</v>
       </c>
       <c r="C79" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B80">
-        <v>604</v>
+        <v>593</v>
       </c>
       <c r="C80" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B81">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="C81" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B82">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="C82" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
-        <v>41</v>
+        <v>102</v>
       </c>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B83">
-        <v>607</v>
+        <v>596</v>
       </c>
       <c r="C83" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
       <c r="F83"/>
       <c r="G83"/>
       <c r="H83" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="B84">
-        <v>15</v>
+        <v>597</v>
       </c>
       <c r="C84" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="B85">
-        <v>17</v>
+        <v>598</v>
       </c>
       <c r="C85" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="B86">
-        <v>20</v>
+        <v>599</v>
       </c>
       <c r="C86" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
-        <v>18</v>
+        <v>104</v>
       </c>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="B87">
-        <v>1</v>
+        <v>600</v>
       </c>
       <c r="C87" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="B88">
-        <v>4</v>
+        <v>604</v>
       </c>
       <c r="C88" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="F88"/>
+      <c r="G88"/>
       <c r="H88" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="B89">
-        <v>3</v>
+        <v>605</v>
       </c>
       <c r="C89" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="F89"/>
+      <c r="G89"/>
       <c r="H89" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="B90">
-        <v>5</v>
+        <v>606</v>
       </c>
       <c r="C90" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
-        <v>107</v>
+        <v>40</v>
       </c>
       <c r="F90"/>
       <c r="G90"/>
       <c r="H90" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>105</v>
+        <v>23</v>
       </c>
       <c r="B91">
-        <v>6</v>
+        <v>607</v>
       </c>
       <c r="C91" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
-        <v>108</v>
+        <v>40</v>
       </c>
       <c r="F91"/>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B92">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="C92" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D92" t="s">
-        <v>10</v>
+        <v>108</v>
       </c>
       <c r="E92" t="s">
         <v>109</v>
       </c>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>110</v>
       </c>
       <c r="B93">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="C93" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>111</v>
       </c>
-      <c r="F93" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F93"/>
+      <c r="G93"/>
       <c r="H93" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>110</v>
       </c>
       <c r="B94">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="C94" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="F94" t="s">
         <v>112</v>
       </c>
-      <c r="G94">
-[...1 lines deleted...]
-      </c>
+      <c r="F94"/>
+      <c r="G94"/>
       <c r="H94" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>110</v>
       </c>
       <c r="B95">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="C95" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
-        <v>114</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="F95"/>
+      <c r="G95"/>
       <c r="H95" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B96">
         <v>1</v>
       </c>
       <c r="C96" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B97">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C97" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>113</v>
+      </c>
+      <c r="B98">
+        <v>4</v>
+      </c>
+      <c r="C98" t="s">
+        <v>107</v>
+      </c>
+      <c r="D98" t="s">
+        <v>10</v>
+      </c>
+      <c r="E98" t="s">
+        <v>116</v>
+      </c>
+      <c r="F98" t="s">
         <v>117</v>
       </c>
-      <c r="B98">
-[...12 lines deleted...]
-      <c r="G98"/>
+      <c r="G98">
+        <v>4</v>
+      </c>
       <c r="H98" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>118</v>
+      </c>
+      <c r="B99">
+        <v>3</v>
+      </c>
+      <c r="C99" t="s">
+        <v>107</v>
+      </c>
+      <c r="D99" t="s">
+        <v>10</v>
+      </c>
+      <c r="E99" t="s">
         <v>119</v>
       </c>
-      <c r="B99">
-[...12 lines deleted...]
-      <c r="G99"/>
+      <c r="F99" t="s">
+        <v>39</v>
+      </c>
+      <c r="G99">
+        <v>49</v>
+      </c>
       <c r="H99" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B100">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C100" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
-        <v>89</v>
+        <v>120</v>
       </c>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B101">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C101" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>121</v>
       </c>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>118</v>
+      </c>
+      <c r="B102">
+        <v>8</v>
+      </c>
+      <c r="C102" t="s">
+        <v>107</v>
+      </c>
+      <c r="D102" t="s">
+        <v>10</v>
+      </c>
+      <c r="E102" t="s">
         <v>122</v>
       </c>
-      <c r="B102">
-[...16 lines deleted...]
-      </c>
+      <c r="F102"/>
+      <c r="G102"/>
       <c r="H102" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B103">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="C103" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F103" t="s">
         <v>125</v>
       </c>
       <c r="G103">
         <v>3</v>
       </c>
       <c r="H103" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B104">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="C104" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F104" t="s">
         <v>125</v>
       </c>
       <c r="G104">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H104" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B105">
-        <v>44</v>
+        <v>3</v>
       </c>
       <c r="C105" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-      <c r="G105"/>
+        <v>127</v>
+      </c>
+      <c r="F105" t="s">
+        <v>125</v>
+      </c>
+      <c r="G105">
+        <v>4</v>
+      </c>
       <c r="H105" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B106">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="C106" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
-        <v>129</v>
-[...6 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="F106"/>
+      <c r="G106"/>
       <c r="H106" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B107">
-        <v>46</v>
+        <v>5</v>
       </c>
       <c r="C107" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
-        <v>130</v>
-[...6 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="F107"/>
+      <c r="G107"/>
       <c r="H107" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>130</v>
+      </c>
+      <c r="B108">
+        <v>1</v>
+      </c>
+      <c r="C108" t="s">
+        <v>107</v>
+      </c>
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
         <v>131</v>
-      </c>
-[...10 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F108"/>
       <c r="G108"/>
       <c r="H108" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>132</v>
+      </c>
+      <c r="B109">
+        <v>1</v>
+      </c>
+      <c r="C109" t="s">
+        <v>107</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
         <v>133</v>
       </c>
-      <c r="B109">
-[...16 lines deleted...]
-      </c>
+      <c r="F109"/>
+      <c r="G109"/>
       <c r="H109" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B110">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="C110" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
-        <v>135</v>
+        <v>98</v>
       </c>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B111">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="C111" t="s">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
-        <v>136</v>
-[...6 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="F111"/>
+      <c r="G111"/>
       <c r="H111" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B112">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="C112" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>137</v>
       </c>
-      <c r="F112"/>
-      <c r="G112"/>
+      <c r="F112" t="s">
+        <v>138</v>
+      </c>
+      <c r="G112">
+        <v>1</v>
+      </c>
       <c r="H112" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B113">
-        <v>71</v>
+        <v>27</v>
       </c>
       <c r="C113" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
+        <v>139</v>
+      </c>
+      <c r="F113" t="s">
         <v>138</v>
       </c>
-      <c r="F113"/>
-      <c r="G113"/>
+      <c r="G113">
+        <v>3</v>
+      </c>
       <c r="H113" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>40</v>
+        <v>135</v>
       </c>
       <c r="B114">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="C114" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="G114"/>
+        <v>140</v>
+      </c>
+      <c r="F114" t="s">
+        <v>138</v>
+      </c>
+      <c r="G114">
+        <v>2</v>
+      </c>
       <c r="H114" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>40</v>
+        <v>135</v>
       </c>
       <c r="B115">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="C115" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
-        <v>41</v>
+        <v>141</v>
       </c>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B116">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="C116" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-      <c r="G116"/>
+        <v>142</v>
+      </c>
+      <c r="F116" t="s">
+        <v>138</v>
+      </c>
+      <c r="G116">
+        <v>4</v>
+      </c>
       <c r="H116" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B117">
-        <v>2</v>
+        <v>46</v>
       </c>
       <c r="C117" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="G117"/>
+        <v>143</v>
+      </c>
+      <c r="F117" t="s">
+        <v>138</v>
+      </c>
+      <c r="G117">
+        <v>4</v>
+      </c>
       <c r="H117" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B118">
-        <v>3</v>
+        <v>47</v>
       </c>
       <c r="C118" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B119">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C119" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
-        <v>41</v>
+        <v>146</v>
       </c>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B120">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C120" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
-        <v>41</v>
+        <v>147</v>
       </c>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B121">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="C121" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="G121"/>
+        <v>149</v>
+      </c>
+      <c r="F121" t="s">
+        <v>148</v>
+      </c>
+      <c r="G121">
+        <v>19</v>
+      </c>
       <c r="H121" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B122">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="C122" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
-        <v>41</v>
+        <v>150</v>
       </c>
       <c r="F122"/>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B123">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="C123" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="G123"/>
+        <v>151</v>
+      </c>
+      <c r="F123" t="s">
+        <v>148</v>
+      </c>
+      <c r="G123">
+        <v>16</v>
+      </c>
       <c r="H123" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B124">
-        <v>4</v>
+        <v>70</v>
       </c>
       <c r="C124" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
-        <v>41</v>
+        <v>152</v>
       </c>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B125">
-        <v>5</v>
+        <v>71</v>
       </c>
       <c r="C125" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
-        <v>41</v>
+        <v>153</v>
       </c>
       <c r="F125"/>
       <c r="G125"/>
       <c r="H125" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>142</v>
+        <v>39</v>
       </c>
       <c r="B126">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="C126" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
-        <v>143</v>
+        <v>40</v>
       </c>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>142</v>
+        <v>39</v>
       </c>
       <c r="B127">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="C127" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B128">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C128" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="B129">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C129" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
-        <v>146</v>
+        <v>40</v>
       </c>
       <c r="F129"/>
       <c r="G129"/>
       <c r="H129" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B130">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C130" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
-        <v>148</v>
+        <v>40</v>
       </c>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="B131">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C131" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="B132">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C132" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B133">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C133" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
-        <v>151</v>
+        <v>40</v>
       </c>
       <c r="F133"/>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B134">
         <v>2</v>
       </c>
       <c r="C134" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B135">
         <v>3</v>
       </c>
       <c r="C135" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
-        <v>94</v>
+        <v>40</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B136">
         <v>4</v>
       </c>
       <c r="C136" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
-        <v>152</v>
+        <v>40</v>
       </c>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B137">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C137" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
-        <v>77</v>
+        <v>40</v>
       </c>
       <c r="F137"/>
       <c r="G137"/>
       <c r="H137" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B138">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C138" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
-        <v>66</v>
+        <v>158</v>
       </c>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B139">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="C139" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
-        <v>66</v>
+        <v>40</v>
       </c>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B140">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C140" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
-        <v>66</v>
+        <v>160</v>
       </c>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B141">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C141" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
-        <v>66</v>
+        <v>161</v>
       </c>
       <c r="F141"/>
       <c r="G141"/>
       <c r="H141" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="B142">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C142" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
-        <v>66</v>
+        <v>163</v>
       </c>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B143">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C143" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
-        <v>66</v>
+        <v>164</v>
       </c>
       <c r="F143"/>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B144">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C144" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="B145">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C145" t="s">
-        <v>123</v>
+        <v>136</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
-        <v>66</v>
+        <v>166</v>
       </c>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>24</v>
+        <v>165</v>
       </c>
       <c r="B146">
-        <v>305</v>
+        <v>2</v>
       </c>
       <c r="C146" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
-        <v>157</v>
+        <v>67</v>
       </c>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="B147">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C147" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
-        <v>158</v>
-[...6 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="F147"/>
+      <c r="G147"/>
       <c r="H147" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>21</v>
+        <v>165</v>
       </c>
       <c r="B148">
-        <v>35</v>
+        <v>4</v>
       </c>
       <c r="C148" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>21</v>
+        <v>168</v>
       </c>
       <c r="B149">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="C149" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="B150">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="C150" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
-        <v>60</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="F150"/>
+      <c r="G150"/>
       <c r="H150" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="B151">
-        <v>45</v>
+        <v>2</v>
       </c>
       <c r="C151" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
-        <v>161</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="F151"/>
+      <c r="G151"/>
       <c r="H151" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>21</v>
+        <v>169</v>
       </c>
       <c r="B152">
-        <v>54</v>
+        <v>3</v>
       </c>
       <c r="C152" t="s">
-        <v>156</v>
+        <v>136</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
-        <v>162</v>
+        <v>70</v>
       </c>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B153">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="C153" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="D153" t="s">
-        <v>165</v>
+        <v>10</v>
       </c>
       <c r="E153" t="s">
-        <v>166</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="F153"/>
+      <c r="G153"/>
       <c r="H153" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B154">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="C154" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
-        <v>168</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="F154"/>
+      <c r="G154"/>
       <c r="H154" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B155">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C155" t="s">
-        <v>164</v>
+        <v>136</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="F155"/>
+      <c r="G155"/>
       <c r="H155" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B156">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="C156" t="s">
-        <v>170</v>
+        <v>136</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="F156"/>
+      <c r="G156"/>
       <c r="H156" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B157">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="C157" t="s">
-        <v>170</v>
+        <v>136</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
-        <v>172</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="F157"/>
+      <c r="G157"/>
       <c r="H157" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>169</v>
+        <v>23</v>
       </c>
       <c r="B158">
-        <v>20</v>
+        <v>305</v>
       </c>
       <c r="C158" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>174</v>
+        <v>20</v>
       </c>
       <c r="B159">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C159" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F159" t="s">
-        <v>171</v>
+        <v>23</v>
       </c>
       <c r="G159">
-        <v>10</v>
+        <v>102</v>
       </c>
       <c r="H159" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>20</v>
+      </c>
+      <c r="B160">
+        <v>35</v>
+      </c>
+      <c r="C160" t="s">
+        <v>171</v>
+      </c>
+      <c r="D160" t="s">
+        <v>10</v>
+      </c>
+      <c r="E160" t="s">
         <v>174</v>
       </c>
-      <c r="B160">
+      <c r="F160" t="s">
         <v>18</v>
       </c>
-      <c r="C160" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G160">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="H160" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>177</v>
+        <v>20</v>
       </c>
       <c r="B161">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="C161" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
-        <v>178</v>
+        <v>63</v>
       </c>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>177</v>
+        <v>20</v>
       </c>
       <c r="B162">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="C162" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-      <c r="G162"/>
+        <v>63</v>
+      </c>
+      <c r="F162" t="s">
+        <v>175</v>
+      </c>
+      <c r="G162">
+        <v>12</v>
+      </c>
       <c r="H162" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>20</v>
+      </c>
+      <c r="B163">
+        <v>45</v>
+      </c>
+      <c r="C163" t="s">
         <v>171</v>
       </c>
-      <c r="B163">
-[...4 lines deleted...]
-      </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="F163" t="s">
-        <v>171</v>
+        <v>20</v>
       </c>
       <c r="G163">
-        <v>7</v>
+        <v>44</v>
       </c>
       <c r="H163" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="B164">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="C164" t="s">
-        <v>181</v>
+        <v>171</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
-        <v>16</v>
+        <v>177</v>
       </c>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B165">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="C165" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="G165"/>
+        <v>180</v>
+      </c>
+      <c r="F165" t="s">
+        <v>23</v>
+      </c>
+      <c r="G165">
+        <v>611</v>
+      </c>
       <c r="H165" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B166">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="C166" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-      <c r="G166"/>
+        <v>102</v>
+      </c>
+      <c r="F166" t="s">
+        <v>178</v>
+      </c>
+      <c r="G166">
+        <v>4</v>
+      </c>
       <c r="H166" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>182</v>
+      </c>
+      <c r="B167">
+        <v>17</v>
+      </c>
+      <c r="C167" t="s">
         <v>183</v>
       </c>
-      <c r="B167">
-[...4 lines deleted...]
-      </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
-        <v>184</v>
+        <v>33</v>
       </c>
       <c r="F167" t="s">
-        <v>183</v>
+        <v>82</v>
       </c>
       <c r="G167">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="H167" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>182</v>
+      </c>
+      <c r="B168">
+        <v>19</v>
+      </c>
+      <c r="C168" t="s">
         <v>183</v>
       </c>
-      <c r="B168">
-[...4 lines deleted...]
-      </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-      <c r="G168"/>
+        <v>184</v>
+      </c>
+      <c r="F168" t="s">
+        <v>82</v>
+      </c>
+      <c r="G168">
+        <v>9</v>
+      </c>
       <c r="H168" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>182</v>
+      </c>
+      <c r="B169">
+        <v>20</v>
+      </c>
+      <c r="C169" t="s">
         <v>183</v>
       </c>
-      <c r="B169">
-[...4 lines deleted...]
-      </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>186</v>
+      </c>
+      <c r="B170">
+        <v>10</v>
+      </c>
+      <c r="C170" t="s">
         <v>183</v>
       </c>
-      <c r="B170">
-[...4 lines deleted...]
-      </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-      <c r="G170"/>
+        <v>187</v>
+      </c>
+      <c r="F170" t="s">
+        <v>82</v>
+      </c>
+      <c r="G170">
+        <v>10</v>
+      </c>
       <c r="H170" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>186</v>
+      </c>
+      <c r="B171">
+        <v>18</v>
+      </c>
+      <c r="C171" t="s">
         <v>183</v>
       </c>
-      <c r="B171">
-[...4 lines deleted...]
-      </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-      <c r="G171"/>
+        <v>188</v>
+      </c>
+      <c r="F171" t="s">
+        <v>182</v>
+      </c>
+      <c r="G171">
+        <v>5</v>
+      </c>
       <c r="H171" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B172">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C172" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="F172" t="s">
         <v>190</v>
       </c>
-      <c r="G172">
-[...1 lines deleted...]
-      </c>
+      <c r="F172"/>
+      <c r="G172"/>
       <c r="H172" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>189</v>
+      </c>
+      <c r="B173">
+        <v>5</v>
+      </c>
+      <c r="C173" t="s">
+        <v>183</v>
+      </c>
+      <c r="D173" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" t="s">
         <v>191</v>
       </c>
-      <c r="B173">
-[...16 lines deleted...]
-      </c>
+      <c r="F173"/>
+      <c r="G173"/>
       <c r="H173" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B174">
         <v>6</v>
       </c>
       <c r="C174" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
-        <v>115</v>
-[...6 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="F174"/>
+      <c r="G174"/>
       <c r="H174" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B175">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C175" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>193</v>
       </c>
-      <c r="F175" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F175"/>
+      <c r="G175"/>
       <c r="H175" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>194</v>
+        <v>82</v>
       </c>
       <c r="B176">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C176" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-      <c r="G176"/>
+        <v>149</v>
+      </c>
+      <c r="F176" t="s">
+        <v>82</v>
+      </c>
+      <c r="G176">
+        <v>19</v>
+      </c>
       <c r="H176" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="B177">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C177" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
-        <v>107</v>
+        <v>67</v>
       </c>
       <c r="F177"/>
       <c r="G177"/>
       <c r="H177" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>196</v>
       </c>
       <c r="B178">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="C178" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="F178"/>
+      <c r="G178"/>
       <c r="H178" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>196</v>
       </c>
       <c r="B179">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C179" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
-        <v>198</v>
-[...6 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="F179"/>
+      <c r="G179"/>
       <c r="H179" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B180">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C180" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="G180"/>
+        <v>198</v>
+      </c>
+      <c r="F180" t="s">
+        <v>197</v>
+      </c>
+      <c r="G180">
+        <v>19</v>
+      </c>
       <c r="H180" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>197</v>
+      </c>
+      <c r="B181">
+        <v>21</v>
+      </c>
+      <c r="C181" t="s">
+        <v>195</v>
+      </c>
+      <c r="D181" t="s">
+        <v>10</v>
+      </c>
+      <c r="E181" t="s">
         <v>199</v>
-      </c>
-[...10 lines deleted...]
-        <v>16</v>
       </c>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>197</v>
+      </c>
+      <c r="B182">
+        <v>22</v>
+      </c>
+      <c r="C182" t="s">
+        <v>195</v>
+      </c>
+      <c r="D182" t="s">
+        <v>10</v>
+      </c>
+      <c r="E182" t="s">
         <v>200</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="B183">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="C183" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>197</v>
+      </c>
+      <c r="B184">
+        <v>25</v>
+      </c>
+      <c r="C184" t="s">
+        <v>195</v>
+      </c>
+      <c r="D184" t="s">
+        <v>10</v>
+      </c>
+      <c r="E184" t="s">
         <v>201</v>
       </c>
-      <c r="B184">
-[...16 lines deleted...]
-      </c>
+      <c r="F184"/>
+      <c r="G184"/>
       <c r="H184" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B185">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C185" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-      <c r="G185"/>
+        <v>203</v>
+      </c>
+      <c r="F185" t="s">
+        <v>204</v>
+      </c>
+      <c r="G185">
+        <v>4</v>
+      </c>
       <c r="H185" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B186">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C186" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-      <c r="G186"/>
+        <v>206</v>
+      </c>
+      <c r="F186" t="s">
+        <v>205</v>
+      </c>
+      <c r="G186">
+        <v>25</v>
+      </c>
       <c r="H186" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="B187">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C187" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-      <c r="G187"/>
+        <v>128</v>
+      </c>
+      <c r="F187" t="s">
+        <v>205</v>
+      </c>
+      <c r="G187">
+        <v>19</v>
+      </c>
       <c r="H187" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>205</v>
+      </c>
+      <c r="B188">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>195</v>
+      </c>
+      <c r="D188" t="s">
+        <v>10</v>
+      </c>
+      <c r="E188" t="s">
         <v>207</v>
       </c>
-      <c r="B188">
-[...10 lines deleted...]
-      </c>
       <c r="F188" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="G188">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="H188" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B189">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C189" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
-        <v>208</v>
-[...6 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="F189"/>
+      <c r="G189"/>
       <c r="H189" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B190">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="C190" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
-        <v>209</v>
-[...6 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="F190"/>
+      <c r="G190"/>
       <c r="H190" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>210</v>
       </c>
       <c r="B191">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="C191" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-      <c r="G191"/>
+        <v>211</v>
+      </c>
+      <c r="F191" t="s">
+        <v>205</v>
+      </c>
+      <c r="G191">
+        <v>11</v>
+      </c>
       <c r="H191" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>210</v>
       </c>
       <c r="B192">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C192" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
-        <v>102</v>
+        <v>212</v>
       </c>
       <c r="F192" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="G192">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="H192" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>210</v>
       </c>
       <c r="B193">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="C193" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
-        <v>212</v>
+        <v>114</v>
       </c>
       <c r="F193"/>
       <c r="G193"/>
       <c r="H193" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B194">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C194" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-      <c r="G194"/>
+        <v>67</v>
+      </c>
+      <c r="F194" t="s">
+        <v>213</v>
+      </c>
+      <c r="G194">
+        <v>19</v>
+      </c>
       <c r="H194" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B195">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C195" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
-        <v>213</v>
+        <v>134</v>
       </c>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="B196">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C196" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>215</v>
       </c>
       <c r="B197">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C197" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-      <c r="G197"/>
+        <v>217</v>
+      </c>
+      <c r="F197" t="s">
+        <v>218</v>
+      </c>
+      <c r="G197">
+        <v>12</v>
+      </c>
       <c r="H197" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>215</v>
       </c>
       <c r="B198">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C198" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
-        <v>216</v>
-[...6 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="F198"/>
+      <c r="G198"/>
       <c r="H198" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B199">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C199" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
-        <v>218</v>
+        <v>26</v>
       </c>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B200">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C200" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
-        <v>41</v>
+        <v>220</v>
       </c>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="B201">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C201" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
-        <v>41</v>
+        <v>221</v>
       </c>
       <c r="F201"/>
       <c r="G201"/>
       <c r="H201" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B202">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="C202" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="G202"/>
+        <v>68</v>
+      </c>
+      <c r="F202" t="s">
+        <v>222</v>
+      </c>
+      <c r="G202">
+        <v>12</v>
+      </c>
       <c r="H202" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B203">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C203" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-      <c r="G203"/>
+        <v>223</v>
+      </c>
+      <c r="F203" t="s">
+        <v>222</v>
+      </c>
+      <c r="G203">
+        <v>11</v>
+      </c>
       <c r="H203" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B204">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="G204"/>
+        <v>224</v>
+      </c>
+      <c r="F204" t="s">
+        <v>204</v>
+      </c>
+      <c r="G204">
+        <v>2</v>
+      </c>
       <c r="H204" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B205">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C205" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
-        <v>41</v>
+        <v>114</v>
       </c>
       <c r="F205"/>
       <c r="G205"/>
       <c r="H205" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B206">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C206" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-      <c r="G206"/>
+        <v>114</v>
+      </c>
+      <c r="F206" t="s">
+        <v>226</v>
+      </c>
+      <c r="G206">
+        <v>3</v>
+      </c>
       <c r="H206" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B207">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C207" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
-        <v>189</v>
+        <v>227</v>
       </c>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B208">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C208" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
-        <v>146</v>
+        <v>49</v>
       </c>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B209">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C209" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
-        <v>148</v>
+        <v>228</v>
       </c>
       <c r="F209"/>
       <c r="G209"/>
       <c r="H209" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B210">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C210" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
-        <v>114</v>
-[...6 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="F210"/>
+      <c r="G210"/>
       <c r="H210" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="B211">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C211" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
-        <v>148</v>
-[...6 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="F211"/>
+      <c r="G211"/>
       <c r="H211" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="B212">
         <v>4</v>
       </c>
       <c r="C212" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-      <c r="G212"/>
+        <v>231</v>
+      </c>
+      <c r="F212" t="s">
+        <v>197</v>
+      </c>
+      <c r="G212">
+        <v>19</v>
+      </c>
       <c r="H212" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="B213">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C213" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
-        <v>148</v>
+        <v>233</v>
       </c>
       <c r="F213"/>
       <c r="G213"/>
       <c r="H213" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="B214">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C214" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
-        <v>148</v>
+        <v>40</v>
       </c>
       <c r="F214"/>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="B215">
         <v>2</v>
       </c>
       <c r="C215" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
-        <v>227</v>
+        <v>40</v>
       </c>
       <c r="F215"/>
       <c r="G215"/>
       <c r="H215" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="B216">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C216" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
-        <v>228</v>
+        <v>40</v>
       </c>
       <c r="F216"/>
       <c r="G216"/>
       <c r="H216" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="B217">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="C217" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
-        <v>31</v>
+        <v>235</v>
       </c>
       <c r="F217"/>
       <c r="G217"/>
       <c r="H217" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B218">
         <v>5</v>
       </c>
       <c r="C218" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
-        <v>152</v>
+        <v>40</v>
       </c>
       <c r="F218"/>
       <c r="G218"/>
       <c r="H218" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B219">
         <v>6</v>
       </c>
       <c r="C219" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
-        <v>184</v>
+        <v>40</v>
       </c>
       <c r="F219"/>
       <c r="G219"/>
       <c r="H219" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="B220">
         <v>7</v>
       </c>
       <c r="C220" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
-        <v>230</v>
+        <v>40</v>
       </c>
       <c r="F220"/>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="B221">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="C221" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="F221"/>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="B222">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="C222" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
-        <v>90</v>
+        <v>161</v>
       </c>
       <c r="F222"/>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B223">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C223" t="s">
-        <v>181</v>
+        <v>195</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
-        <v>232</v>
-[...6 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="F223"/>
+      <c r="G223"/>
       <c r="H223" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B224">
+        <v>2</v>
+      </c>
+      <c r="C224" t="s">
+        <v>195</v>
+      </c>
+      <c r="D224" t="s">
+        <v>10</v>
+      </c>
+      <c r="E224" t="s">
+        <v>127</v>
+      </c>
+      <c r="F224" t="s">
+        <v>238</v>
+      </c>
+      <c r="G224">
+        <v>1</v>
+      </c>
+      <c r="H224" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>237</v>
+      </c>
+      <c r="B225">
         <v>3</v>
       </c>
-      <c r="C224" t="s">
-[...10 lines deleted...]
-      <c r="H224" t="s">
+      <c r="C225" t="s">
+        <v>195</v>
+      </c>
+      <c r="D225" t="s">
+        <v>10</v>
+      </c>
+      <c r="E225" t="s">
+        <v>163</v>
+      </c>
+      <c r="F225" t="s">
+        <v>239</v>
+      </c>
+      <c r="G225">
+        <v>11</v>
+      </c>
+      <c r="H225" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>237</v>
+      </c>
+      <c r="B226">
+        <v>4</v>
+      </c>
+      <c r="C226" t="s">
+        <v>195</v>
+      </c>
+      <c r="D226" t="s">
+        <v>10</v>
+      </c>
+      <c r="E226" t="s">
+        <v>240</v>
+      </c>
+      <c r="F226"/>
+      <c r="G226"/>
+      <c r="H226" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>237</v>
+      </c>
+      <c r="B227">
+        <v>5</v>
+      </c>
+      <c r="C227" t="s">
+        <v>195</v>
+      </c>
+      <c r="D227" t="s">
+        <v>10</v>
+      </c>
+      <c r="E227" t="s">
+        <v>163</v>
+      </c>
+      <c r="F227"/>
+      <c r="G227"/>
+      <c r="H227" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>237</v>
+      </c>
+      <c r="B228">
+        <v>6</v>
+      </c>
+      <c r="C228" t="s">
+        <v>195</v>
+      </c>
+      <c r="D228" t="s">
+        <v>10</v>
+      </c>
+      <c r="E228" t="s">
+        <v>163</v>
+      </c>
+      <c r="F228"/>
+      <c r="G228"/>
+      <c r="H228" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>241</v>
+      </c>
+      <c r="B229">
+        <v>2</v>
+      </c>
+      <c r="C229" t="s">
+        <v>195</v>
+      </c>
+      <c r="D229" t="s">
+        <v>10</v>
+      </c>
+      <c r="E229" t="s">
+        <v>242</v>
+      </c>
+      <c r="F229"/>
+      <c r="G229"/>
+      <c r="H229" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>241</v>
+      </c>
+      <c r="B230">
+        <v>7</v>
+      </c>
+      <c r="C230" t="s">
+        <v>195</v>
+      </c>
+      <c r="D230" t="s">
+        <v>10</v>
+      </c>
+      <c r="E230" t="s">
+        <v>243</v>
+      </c>
+      <c r="F230" t="s">
+        <v>241</v>
+      </c>
+      <c r="G230">
+        <v>13</v>
+      </c>
+      <c r="H230" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>241</v>
+      </c>
+      <c r="B231">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>195</v>
+      </c>
+      <c r="D231" t="s">
+        <v>10</v>
+      </c>
+      <c r="E231" t="s">
+        <v>30</v>
+      </c>
+      <c r="F231"/>
+      <c r="G231"/>
+      <c r="H231" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>244</v>
+      </c>
+      <c r="B232">
+        <v>10</v>
+      </c>
+      <c r="C232" t="s">
+        <v>195</v>
+      </c>
+      <c r="D232" t="s">
+        <v>10</v>
+      </c>
+      <c r="E232" t="s">
+        <v>190</v>
+      </c>
+      <c r="F232"/>
+      <c r="G232"/>
+      <c r="H232" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>244</v>
+      </c>
+      <c r="B233">
+        <v>5</v>
+      </c>
+      <c r="C233" t="s">
+        <v>195</v>
+      </c>
+      <c r="D233" t="s">
+        <v>10</v>
+      </c>
+      <c r="E233" t="s">
+        <v>167</v>
+      </c>
+      <c r="F233"/>
+      <c r="G233"/>
+      <c r="H233" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>244</v>
+      </c>
+      <c r="B234">
+        <v>6</v>
+      </c>
+      <c r="C234" t="s">
+        <v>195</v>
+      </c>
+      <c r="D234" t="s">
+        <v>10</v>
+      </c>
+      <c r="E234" t="s">
+        <v>198</v>
+      </c>
+      <c r="F234"/>
+      <c r="G234"/>
+      <c r="H234" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>244</v>
+      </c>
+      <c r="B235">
+        <v>7</v>
+      </c>
+      <c r="C235" t="s">
+        <v>195</v>
+      </c>
+      <c r="D235" t="s">
+        <v>10</v>
+      </c>
+      <c r="E235" t="s">
+        <v>245</v>
+      </c>
+      <c r="F235"/>
+      <c r="G235"/>
+      <c r="H235" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>244</v>
+      </c>
+      <c r="B236">
+        <v>8</v>
+      </c>
+      <c r="C236" t="s">
+        <v>195</v>
+      </c>
+      <c r="D236" t="s">
+        <v>10</v>
+      </c>
+      <c r="E236" t="s">
+        <v>198</v>
+      </c>
+      <c r="F236"/>
+      <c r="G236"/>
+      <c r="H236" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>246</v>
+      </c>
+      <c r="B237">
+        <v>1</v>
+      </c>
+      <c r="C237" t="s">
+        <v>195</v>
+      </c>
+      <c r="D237" t="s">
+        <v>10</v>
+      </c>
+      <c r="E237" t="s">
+        <v>99</v>
+      </c>
+      <c r="F237"/>
+      <c r="G237"/>
+      <c r="H237" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>246</v>
+      </c>
+      <c r="B238">
+        <v>2</v>
+      </c>
+      <c r="C238" t="s">
+        <v>195</v>
+      </c>
+      <c r="D238" t="s">
+        <v>10</v>
+      </c>
+      <c r="E238" t="s">
+        <v>247</v>
+      </c>
+      <c r="F238" t="s">
+        <v>248</v>
+      </c>
+      <c r="G238">
+        <v>3</v>
+      </c>
+      <c r="H238" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>246</v>
+      </c>
+      <c r="B239">
+        <v>3</v>
+      </c>
+      <c r="C239" t="s">
+        <v>195</v>
+      </c>
+      <c r="D239" t="s">
+        <v>10</v>
+      </c>
+      <c r="E239" t="s">
+        <v>249</v>
+      </c>
+      <c r="F239"/>
+      <c r="G239"/>
+      <c r="H239" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>