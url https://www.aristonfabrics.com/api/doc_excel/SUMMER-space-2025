--- v0 (2025-11-13)
+++ v1 (2026-01-05)
@@ -12,422 +12,473 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>SHADE</t>
   </si>
   <si>
     <t>BUNCH</t>
   </si>
   <si>
     <t>AVAILABILITY</t>
   </si>
   <si>
     <t>SOLD OUT SINCE</t>
   </si>
   <si>
     <t>SUBSTITUTE CODE</t>
   </si>
   <si>
     <t>SUBSTITUTE SHADE</t>
   </si>
   <si>
     <t>COLLECTION</t>
   </si>
   <si>
     <t>A973</t>
   </si>
   <si>
     <t>JACK BLAZER</t>
   </si>
   <si>
-    <t>30-11-2025</t>
+    <t>15-01-2026</t>
+  </si>
+  <si>
+    <t>22-12-2025</t>
+  </si>
+  <si>
+    <t>P017</t>
+  </si>
+  <si>
+    <t>ESTATE 2025</t>
+  </si>
+  <si>
+    <t>B028</t>
+  </si>
+  <si>
+    <t>30-01-2026</t>
   </si>
   <si>
     <t>10-10-2025</t>
   </si>
   <si>
-    <t>ESTATE 2025</t>
-[...2 lines deleted...]
-    <t>B028</t>
+    <t>sold out</t>
+  </si>
+  <si>
+    <t>10-12-2025</t>
+  </si>
+  <si>
+    <t>C224</t>
+  </si>
+  <si>
+    <t>14-10-2025</t>
+  </si>
+  <si>
+    <t>09-01-2026</t>
+  </si>
+  <si>
+    <t>20-06-2025</t>
+  </si>
+  <si>
+    <t>D064</t>
+  </si>
+  <si>
+    <t>23-06-2025</t>
+  </si>
+  <si>
+    <t>P206</t>
+  </si>
+  <si>
+    <t>05-12-2025</t>
+  </si>
+  <si>
+    <t>01-12-2025</t>
+  </si>
+  <si>
+    <t>P210</t>
+  </si>
+  <si>
+    <t>18-12-2025</t>
+  </si>
+  <si>
+    <t>P045</t>
+  </si>
+  <si>
+    <t>25-11-2025</t>
+  </si>
+  <si>
+    <t>P181</t>
+  </si>
+  <si>
+    <t>P255</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>20-10-2025</t>
+  </si>
+  <si>
+    <t>P280</t>
+  </si>
+  <si>
+    <t>16-10-2025</t>
+  </si>
+  <si>
+    <t>21-10-2025</t>
+  </si>
+  <si>
+    <t>JACK SUN DREAMER</t>
+  </si>
+  <si>
+    <t>04-07-2025</t>
+  </si>
+  <si>
+    <t>P135</t>
+  </si>
+  <si>
+    <t>17-07-2025</t>
+  </si>
+  <si>
+    <t>02-12-2025</t>
+  </si>
+  <si>
+    <t>13-11-2025</t>
+  </si>
+  <si>
+    <t>P153</t>
   </si>
   <si>
     <t>15-12-2025</t>
   </si>
   <si>
-    <t>sold out</t>
-[...61 lines deleted...]
-  <si>
     <t>04-11-2025</t>
   </si>
   <si>
     <t>17-06-2025</t>
   </si>
   <si>
     <t>P154</t>
   </si>
   <si>
     <t>12-11-2025</t>
   </si>
   <si>
     <t>P256</t>
   </si>
   <si>
-    <t>15-11-2025</t>
-[...2 lines deleted...]
-    <t>25-08-2025</t>
+    <t>20-11-2025</t>
   </si>
   <si>
     <t>04-08-2025</t>
   </si>
   <si>
     <t>P259</t>
   </si>
   <si>
     <t>03-07-2025</t>
   </si>
   <si>
     <t>18-04-2025</t>
   </si>
   <si>
     <t>P260</t>
   </si>
   <si>
     <t>02-09-2025</t>
   </si>
   <si>
     <t>04-09-2025</t>
   </si>
   <si>
     <t>B029</t>
   </si>
   <si>
     <t>JACK SUN FANATIX</t>
   </si>
   <si>
     <t>30-06-2025</t>
   </si>
   <si>
     <t>03-09-2025</t>
   </si>
   <si>
     <t>B031</t>
   </si>
   <si>
+    <t>C197</t>
+  </si>
+  <si>
+    <t>29-05-2025</t>
+  </si>
+  <si>
+    <t>05-06-2025</t>
+  </si>
+  <si>
+    <t>D074</t>
+  </si>
+  <si>
+    <t>01-08-2025</t>
+  </si>
+  <si>
+    <t>P282</t>
+  </si>
+  <si>
+    <t>C117</t>
+  </si>
+  <si>
+    <t>LIFE &amp; STYLE</t>
+  </si>
+  <si>
+    <t>12-12-2025</t>
+  </si>
+  <si>
+    <t>C135</t>
+  </si>
+  <si>
+    <t>C134</t>
+  </si>
+  <si>
+    <t>15-05-2025</t>
+  </si>
+  <si>
+    <t>C150</t>
+  </si>
+  <si>
+    <t>C162</t>
+  </si>
+  <si>
+    <t>C180</t>
+  </si>
+  <si>
+    <t>14-07-2025</t>
+  </si>
+  <si>
+    <t>C205</t>
+  </si>
+  <si>
+    <t>23-12-2025</t>
+  </si>
+  <si>
+    <t>C208</t>
+  </si>
+  <si>
+    <t>C213</t>
+  </si>
+  <si>
+    <t>C214</t>
+  </si>
+  <si>
+    <t>06-05-2025</t>
+  </si>
+  <si>
+    <t>C220</t>
+  </si>
+  <si>
+    <t>20-01-2026</t>
+  </si>
+  <si>
+    <t>14-11-2025</t>
+  </si>
+  <si>
+    <t>D072</t>
+  </si>
+  <si>
+    <t>31-10-2025</t>
+  </si>
+  <si>
+    <t>D077</t>
+  </si>
+  <si>
+    <t>D084</t>
+  </si>
+  <si>
+    <t>13-10-2025</t>
+  </si>
+  <si>
+    <t>P150</t>
+  </si>
+  <si>
+    <t>P138</t>
+  </si>
+  <si>
+    <t>SOLIDS ESSENTIAL PERMANENT</t>
+  </si>
+  <si>
+    <t>17-11-2025</t>
+  </si>
+  <si>
+    <t>A592</t>
+  </si>
+  <si>
+    <t>SOLIDS WORLD MOHAIR PERMANENT</t>
+  </si>
+  <si>
+    <t>A913</t>
+  </si>
+  <si>
+    <t>SUITS CONTEMPORARY</t>
+  </si>
+  <si>
+    <t>09-12-2025</t>
+  </si>
+  <si>
+    <t>SUITS HERITAGE PERMANENT</t>
+  </si>
+  <si>
+    <t>L072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUITS LUX PERMANENT </t>
+  </si>
+  <si>
+    <t>17-12-2025</t>
+  </si>
+  <si>
+    <t>A935</t>
+  </si>
+  <si>
+    <t>SUITS SPORTX</t>
+  </si>
+  <si>
+    <t>19-11-2025</t>
+  </si>
+  <si>
+    <t>P136</t>
+  </si>
+  <si>
+    <t>28-04-2025</t>
+  </si>
+  <si>
+    <t>26-03-2025</t>
+  </si>
+  <si>
+    <t>P209</t>
+  </si>
+  <si>
+    <t>P208</t>
+  </si>
+  <si>
+    <t>14-04-2025</t>
+  </si>
+  <si>
+    <t>P262</t>
+  </si>
+  <si>
+    <t>06-06-2025</t>
+  </si>
+  <si>
+    <t>P103</t>
+  </si>
+  <si>
+    <t>08-07-2025</t>
+  </si>
+  <si>
+    <t>P237</t>
+  </si>
+  <si>
+    <t>15-04-2025</t>
+  </si>
+  <si>
+    <t>P076</t>
+  </si>
+  <si>
+    <t>A852</t>
+  </si>
+  <si>
+    <t>WED &amp; PARTY</t>
+  </si>
+  <si>
+    <t>19-05-2025</t>
+  </si>
+  <si>
+    <t>P048</t>
+  </si>
+  <si>
+    <t>29-04-2025</t>
+  </si>
+  <si>
+    <t>A986</t>
+  </si>
+  <si>
+    <t>30-07-2025</t>
+  </si>
+  <si>
+    <t>P204</t>
+  </si>
+  <si>
+    <t>10-11-2025</t>
+  </si>
+  <si>
+    <t>F005</t>
+  </si>
+  <si>
     <t>01-09-2025</t>
   </si>
   <si>
-    <t>C197</t>
-[...190 lines deleted...]
-  <si>
     <t>23-07-2025</t>
   </si>
   <si>
     <t>F006</t>
   </si>
   <si>
-    <t>F008</t>
+    <t>F011</t>
   </si>
   <si>
     <t>F012</t>
+  </si>
+  <si>
+    <t>P214</t>
+  </si>
+  <si>
+    <t>16-12-2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -744,2295 +795,2587 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H98"/>
+  <dimension ref="A1:H110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="F2"/>
-      <c r="G2"/>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2">
+        <v>15</v>
+      </c>
       <c r="H2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B6">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B7">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B8">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
         <v>18</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B9">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B10">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
         <v>22</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="B11">
         <v>20</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G11">
         <v>4</v>
       </c>
       <c r="H11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
         <v>26</v>
       </c>
       <c r="F12"/>
       <c r="G12"/>
       <c r="H12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B13">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E13" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" t="s">
         <v>28</v>
       </c>
-      <c r="F13"/>
-      <c r="G13"/>
+      <c r="G13">
+        <v>3</v>
+      </c>
       <c r="H13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B14">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E14" t="s">
         <v>29</v>
       </c>
-      <c r="F14"/>
-      <c r="G14"/>
+      <c r="F14" t="s">
+        <v>28</v>
+      </c>
+      <c r="G14">
+        <v>1</v>
+      </c>
       <c r="H14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B15">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C15" t="s">
+        <v>9</v>
+      </c>
+      <c r="D15" t="s">
+        <v>17</v>
+      </c>
+      <c r="E15" t="s">
+        <v>29</v>
+      </c>
+      <c r="F15" t="s">
         <v>30</v>
       </c>
-      <c r="D15" t="s">
+      <c r="G15">
         <v>15</v>
       </c>
-      <c r="E15" t="s">
-[...3 lines deleted...]
-      <c r="G15"/>
       <c r="H15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>28</v>
+      </c>
+      <c r="B16">
+        <v>3</v>
+      </c>
+      <c r="C16" t="s">
+        <v>9</v>
+      </c>
+      <c r="D16" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" t="s">
+        <v>31</v>
+      </c>
+      <c r="F16" t="s">
         <v>32</v>
       </c>
-      <c r="B16">
-[...12 lines deleted...]
-      <c r="G16"/>
+      <c r="G16">
+        <v>12</v>
+      </c>
       <c r="H16" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B17">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C17" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B18">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="C18" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B19">
+        <v>7</v>
+      </c>
+      <c r="C19" t="s">
         <v>9</v>
       </c>
-      <c r="C19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="B20">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="C20" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B21">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="C21" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
       <c r="H21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B22">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="C22" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E22" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B23">
+        <v>12</v>
+      </c>
+      <c r="C23" t="s">
         <v>39</v>
       </c>
-      <c r="C23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E23" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C24" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E24" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="B25">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E25" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B26">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C26" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D26" t="s">
-        <v>41</v>
+        <v>17</v>
       </c>
       <c r="E26" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B27">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E27" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B28">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="C28" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D28" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E28" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B29">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="C29" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E29" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="F29" t="s">
         <v>47</v>
       </c>
-      <c r="G29">
-[...1 lines deleted...]
-      </c>
+      <c r="F29"/>
+      <c r="G29"/>
       <c r="H29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B30">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="C30" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D30" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="E30" t="s">
         <v>48</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B31">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="C31" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D31" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E31" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B32">
-        <v>4</v>
+        <v>39</v>
       </c>
       <c r="C32" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E32" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B33">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="C33" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D33" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E33" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="B34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C34" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D34" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E34" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B35">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C35" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E35" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="G35"/>
+        <v>52</v>
+      </c>
+      <c r="F35" t="s">
+        <v>41</v>
+      </c>
+      <c r="G35">
+        <v>4</v>
+      </c>
       <c r="H35" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="B36">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="C36" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E36" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B37">
-        <v>37</v>
+        <v>4</v>
       </c>
       <c r="C37" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E37" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
+        <v>54</v>
+      </c>
+      <c r="B38">
+        <v>7</v>
+      </c>
+      <c r="C38" t="s">
+        <v>39</v>
+      </c>
+      <c r="D38" t="s">
+        <v>17</v>
+      </c>
+      <c r="E38" t="s">
         <v>56</v>
       </c>
-      <c r="B38">
-[...12 lines deleted...]
-      <c r="G38"/>
+      <c r="F38" t="s">
+        <v>57</v>
+      </c>
+      <c r="G38">
+        <v>4</v>
+      </c>
       <c r="H38" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B39">
-        <v>52</v>
+        <v>3</v>
       </c>
       <c r="C39" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="D39" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>58</v>
       </c>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>57</v>
+      </c>
+      <c r="B40">
+        <v>4</v>
+      </c>
+      <c r="C40" t="s">
+        <v>39</v>
+      </c>
+      <c r="D40" t="s">
+        <v>17</v>
+      </c>
+      <c r="E40" t="s">
         <v>59</v>
-      </c>
-[...10 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>60</v>
+      </c>
+      <c r="B41">
+        <v>4</v>
+      </c>
+      <c r="C41" t="s">
         <v>61</v>
       </c>
-      <c r="B41">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E41" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B42">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="C42" t="s">
+        <v>61</v>
+      </c>
+      <c r="D42" t="s">
+        <v>17</v>
+      </c>
+      <c r="E42" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B43">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E43" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>65</v>
       </c>
       <c r="B44">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C44" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E44" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B45">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="C45" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E45" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="F45" t="s">
         <v>67</v>
       </c>
-      <c r="G45">
-[...1 lines deleted...]
-      </c>
+      <c r="F45"/>
+      <c r="G45"/>
       <c r="H45" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B46">
-        <v>6</v>
+        <v>44</v>
       </c>
       <c r="C46" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E46" t="s">
-        <v>69</v>
+        <v>16</v>
       </c>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="B47">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="C47" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E47" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="F47"/>
+      <c r="G47"/>
       <c r="H47" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B48">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="C48" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E48" t="s">
-        <v>37</v>
-[...6 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="F48"/>
+      <c r="G48"/>
       <c r="H48" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B49">
         <v>1</v>
       </c>
       <c r="C49" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="D49" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E49" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F49"/>
       <c r="G49"/>
       <c r="H49" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>71</v>
       </c>
       <c r="B50">
+        <v>1</v>
+      </c>
+      <c r="C50" t="s">
+        <v>72</v>
+      </c>
+      <c r="D50" t="s">
+        <v>17</v>
+      </c>
+      <c r="E50" t="s">
+        <v>73</v>
+      </c>
+      <c r="F50" t="s">
+        <v>74</v>
+      </c>
+      <c r="G50">
         <v>2</v>
       </c>
-      <c r="C50" t="s">
-[...9 lines deleted...]
-      <c r="G50"/>
       <c r="H50" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51">
+        <v>11</v>
+      </c>
+      <c r="C51" t="s">
         <v>72</v>
       </c>
-      <c r="B51">
-[...4 lines deleted...]
-      </c>
       <c r="D51" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E51" t="s">
-        <v>73</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="F51"/>
+      <c r="G51"/>
       <c r="H51" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B52">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C52" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D52" t="s">
-        <v>75</v>
+        <v>17</v>
       </c>
       <c r="E52" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="F52"/>
       <c r="G52"/>
       <c r="H52" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>77</v>
       </c>
       <c r="B53">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C53" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D53" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E53" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B54">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="C54" t="s">
+        <v>72</v>
+      </c>
+      <c r="D54" t="s">
+        <v>17</v>
+      </c>
+      <c r="E54" t="s">
         <v>63</v>
       </c>
-      <c r="D54" t="s">
-[...6 lines deleted...]
-      <c r="G54"/>
+      <c r="F54" t="s">
+        <v>74</v>
+      </c>
+      <c r="G54">
+        <v>2</v>
+      </c>
       <c r="H54" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B55">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="C55" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D55" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
       <c r="E55" t="s">
         <v>80</v>
       </c>
-      <c r="F55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F55"/>
+      <c r="G55"/>
       <c r="H55" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>81</v>
+      </c>
+      <c r="B56">
+        <v>1</v>
+      </c>
+      <c r="C56" t="s">
+        <v>72</v>
+      </c>
+      <c r="D56" t="s">
+        <v>17</v>
+      </c>
+      <c r="E56" t="s">
         <v>82</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
       <c r="F56"/>
       <c r="G56"/>
       <c r="H56" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B57">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C57" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="D57" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E57" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="G57"/>
+        <v>58</v>
+      </c>
+      <c r="F57" t="s">
+        <v>83</v>
+      </c>
+      <c r="G57">
+        <v>12</v>
+      </c>
       <c r="H57" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>83</v>
       </c>
       <c r="B58">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C58" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="D58" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="E58" t="s">
+        <v>48</v>
+      </c>
+      <c r="F58" t="s">
+        <v>83</v>
+      </c>
+      <c r="G58">
         <v>11</v>
       </c>
-      <c r="F58"/>
-      <c r="G58"/>
       <c r="H58" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B59">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C59" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="D59" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E59" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B60">
-        <v>61</v>
+        <v>2</v>
       </c>
       <c r="C60" t="s">
-        <v>89</v>
+        <v>72</v>
       </c>
       <c r="D60" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E60" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B61">
-        <v>550</v>
+        <v>1</v>
       </c>
       <c r="C61" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="D61" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E61" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="G61"/>
+        <v>86</v>
+      </c>
+      <c r="F61" t="s">
+        <v>79</v>
+      </c>
+      <c r="G61">
+        <v>1</v>
+      </c>
       <c r="H61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B62">
-        <v>616</v>
+        <v>1</v>
       </c>
       <c r="C62" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="E62" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>90</v>
       </c>
       <c r="B63">
-        <v>654</v>
+        <v>17</v>
       </c>
       <c r="C63" t="s">
+        <v>72</v>
+      </c>
+      <c r="D63" t="s">
+        <v>34</v>
+      </c>
+      <c r="E63" t="s">
         <v>91</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B64">
-        <v>661</v>
+        <v>11</v>
       </c>
       <c r="C64" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="D64" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E64" t="s">
-        <v>11</v>
+        <v>48</v>
       </c>
       <c r="F64"/>
       <c r="G64"/>
       <c r="H64" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B65">
-        <v>663</v>
+        <v>8</v>
       </c>
       <c r="C65" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="D65" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="E65" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B66">
-        <v>674</v>
+        <v>1</v>
       </c>
       <c r="C66" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="D66" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="E66" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="G66"/>
+        <v>94</v>
+      </c>
+      <c r="F66" t="s">
+        <v>95</v>
+      </c>
+      <c r="G66">
+        <v>4</v>
+      </c>
       <c r="H66" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B67">
-        <v>675</v>
+        <v>37</v>
       </c>
       <c r="C67" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="D67" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="E67" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="B68">
-        <v>655</v>
+        <v>61</v>
       </c>
       <c r="C68" t="s">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="D68" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="E68" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="B69">
-        <v>657</v>
+        <v>279</v>
       </c>
       <c r="C69" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E69" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="B70">
-        <v>15</v>
+        <v>550</v>
       </c>
       <c r="C70" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E70" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="B71">
-        <v>18</v>
+        <v>616</v>
       </c>
       <c r="C71" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E71" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="B72">
-        <v>16</v>
+        <v>622</v>
       </c>
       <c r="C72" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D72" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E72" t="s">
-        <v>96</v>
-[...6 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="F72"/>
+      <c r="G72"/>
       <c r="H72" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="B73">
-        <v>19</v>
+        <v>646</v>
       </c>
       <c r="C73" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D73" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E73" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="B74">
-        <v>25</v>
+        <v>653</v>
       </c>
       <c r="C74" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D74" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E74" t="s">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="B75">
-        <v>28</v>
+        <v>661</v>
       </c>
       <c r="C75" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D75" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E75" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B76">
-        <v>7</v>
+        <v>664</v>
       </c>
       <c r="C76" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E76" t="s">
-        <v>99</v>
+        <v>27</v>
       </c>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>44</v>
+        <v>101</v>
       </c>
       <c r="B77">
-        <v>2</v>
+        <v>674</v>
       </c>
       <c r="C77" t="s">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="D77" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E77" t="s">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B78">
-        <v>1</v>
+        <v>657</v>
       </c>
       <c r="C78" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E78" t="s">
-        <v>101</v>
-[...6 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="F78"/>
+      <c r="G78"/>
       <c r="H78" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B79">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>94</v>
+        <v>106</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E79" t="s">
-        <v>103</v>
-[...6 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="F79"/>
+      <c r="G79"/>
       <c r="H79" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="B80">
-        <v>3</v>
+        <v>72</v>
       </c>
       <c r="C80" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="D80" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E80" t="s">
-        <v>105</v>
-[...6 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="F80"/>
+      <c r="G80"/>
       <c r="H80" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="B81">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C81" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="D81" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E81" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B82">
-        <v>110</v>
+        <v>18</v>
       </c>
       <c r="C82" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D82" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E82" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="B83">
-        <v>93</v>
+        <v>16</v>
       </c>
       <c r="C83" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D83" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E83" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="G83"/>
+        <v>113</v>
+      </c>
+      <c r="F83" t="s">
+        <v>114</v>
+      </c>
+      <c r="G83">
+        <v>8</v>
+      </c>
       <c r="H83" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>95</v>
+      </c>
+      <c r="B84">
+        <v>19</v>
+      </c>
+      <c r="C84" t="s">
         <v>109</v>
       </c>
-      <c r="B84">
-[...4 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E84" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="F84"/>
+      <c r="G84"/>
       <c r="H84" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>95</v>
+      </c>
+      <c r="B85">
+        <v>2</v>
+      </c>
+      <c r="C85" t="s">
         <v>109</v>
       </c>
-      <c r="B85">
-[...4 lines deleted...]
-      </c>
       <c r="D85" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E85" t="s">
-        <v>111</v>
-[...6 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="F85"/>
+      <c r="G85"/>
       <c r="H85" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>95</v>
+      </c>
+      <c r="B86">
+        <v>25</v>
+      </c>
+      <c r="C86" t="s">
         <v>109</v>
       </c>
-      <c r="B86">
-[...4 lines deleted...]
-      </c>
       <c r="D86" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E86" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="F86"/>
+      <c r="G86"/>
       <c r="H86" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B87">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="C87" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D87" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E87" t="s">
-        <v>115</v>
-[...1 lines deleted...]
-      <c r="F87" t="s">
         <v>116</v>
       </c>
-      <c r="G87">
-[...1 lines deleted...]
-      </c>
+      <c r="F87"/>
+      <c r="G87"/>
       <c r="H87" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>114</v>
+        <v>54</v>
       </c>
       <c r="B88">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C88" t="s">
+        <v>109</v>
+      </c>
+      <c r="D88" t="s">
+        <v>17</v>
+      </c>
+      <c r="E88" t="s">
         <v>110</v>
       </c>
-      <c r="D88" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F88"/>
+      <c r="G88"/>
       <c r="H88" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>114</v>
+        <v>54</v>
       </c>
       <c r="B89">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="C89" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D89" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E89" t="s">
-        <v>117</v>
+        <v>69</v>
       </c>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>117</v>
+      </c>
+      <c r="B90">
+        <v>1</v>
+      </c>
+      <c r="C90" t="s">
+        <v>109</v>
+      </c>
+      <c r="D90" t="s">
+        <v>17</v>
+      </c>
+      <c r="E90" t="s">
         <v>118</v>
       </c>
-      <c r="B90">
-[...10 lines deleted...]
-      </c>
       <c r="F90" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G90">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="H90" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B91">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C91" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D91" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E91" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="G91"/>
+        <v>120</v>
+      </c>
+      <c r="F91" t="s">
+        <v>121</v>
+      </c>
+      <c r="G91">
+        <v>8</v>
+      </c>
       <c r="H91" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B92">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="C92" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D92" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E92" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-      <c r="G92"/>
+        <v>122</v>
+      </c>
+      <c r="F92" t="s">
+        <v>123</v>
+      </c>
+      <c r="G92">
+        <v>16</v>
+      </c>
       <c r="H92" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>117</v>
+      </c>
+      <c r="B93">
+        <v>6</v>
+      </c>
+      <c r="C93" t="s">
+        <v>109</v>
+      </c>
+      <c r="D93" t="s">
+        <v>17</v>
+      </c>
+      <c r="E93" t="s">
         <v>118</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
       <c r="F93"/>
       <c r="G93"/>
       <c r="H93" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B94">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="C94" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="D94" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E94" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="G94"/>
+        <v>16</v>
+      </c>
+      <c r="F94" t="s">
+        <v>124</v>
+      </c>
+      <c r="G94">
+        <v>14</v>
+      </c>
       <c r="H94" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B95">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="C95" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="D95" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E95" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-      <c r="G95"/>
+        <v>126</v>
+      </c>
+      <c r="F95" t="s">
+        <v>127</v>
+      </c>
+      <c r="G95">
+        <v>9</v>
+      </c>
       <c r="H95" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B96">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="D96" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E96" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-      <c r="G96"/>
+        <v>128</v>
+      </c>
+      <c r="F96" t="s">
+        <v>127</v>
+      </c>
+      <c r="G96">
+        <v>7</v>
+      </c>
       <c r="H96" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B97">
         <v>1</v>
       </c>
       <c r="C97" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="D97" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="E97" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-      <c r="G97"/>
+        <v>130</v>
+      </c>
+      <c r="F97" t="s">
+        <v>131</v>
+      </c>
+      <c r="G97">
+        <v>1</v>
+      </c>
       <c r="H97" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B98">
+        <v>6</v>
+      </c>
+      <c r="C98" t="s">
+        <v>125</v>
+      </c>
+      <c r="D98" t="s">
+        <v>17</v>
+      </c>
+      <c r="E98" t="s">
+        <v>76</v>
+      </c>
+      <c r="F98" t="s">
+        <v>131</v>
+      </c>
+      <c r="G98">
+        <v>6</v>
+      </c>
+      <c r="H98" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>129</v>
+      </c>
+      <c r="B99">
+        <v>8</v>
+      </c>
+      <c r="C99" t="s">
+        <v>125</v>
+      </c>
+      <c r="D99" t="s">
+        <v>17</v>
+      </c>
+      <c r="E99" t="s">
+        <v>132</v>
+      </c>
+      <c r="F99"/>
+      <c r="G99"/>
+      <c r="H99" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>133</v>
+      </c>
+      <c r="B100">
+        <v>14</v>
+      </c>
+      <c r="C100" t="s">
+        <v>125</v>
+      </c>
+      <c r="D100" t="s">
+        <v>17</v>
+      </c>
+      <c r="E100" t="s">
+        <v>107</v>
+      </c>
+      <c r="F100"/>
+      <c r="G100"/>
+      <c r="H100" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>133</v>
+      </c>
+      <c r="B101">
+        <v>19</v>
+      </c>
+      <c r="C101" t="s">
+        <v>125</v>
+      </c>
+      <c r="D101" t="s">
+        <v>17</v>
+      </c>
+      <c r="E101" t="s">
+        <v>134</v>
+      </c>
+      <c r="F101" t="s">
+        <v>129</v>
+      </c>
+      <c r="G101">
+        <v>1</v>
+      </c>
+      <c r="H101" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>133</v>
+      </c>
+      <c r="B102">
+        <v>24</v>
+      </c>
+      <c r="C102" t="s">
+        <v>125</v>
+      </c>
+      <c r="D102" t="s">
+        <v>17</v>
+      </c>
+      <c r="E102" t="s">
+        <v>16</v>
+      </c>
+      <c r="F102"/>
+      <c r="G102"/>
+      <c r="H102" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>133</v>
+      </c>
+      <c r="B103">
+        <v>28</v>
+      </c>
+      <c r="C103" t="s">
+        <v>125</v>
+      </c>
+      <c r="D103" t="s">
+        <v>17</v>
+      </c>
+      <c r="E103" t="s">
+        <v>42</v>
+      </c>
+      <c r="F103"/>
+      <c r="G103"/>
+      <c r="H103" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>133</v>
+      </c>
+      <c r="B104">
+        <v>30</v>
+      </c>
+      <c r="C104" t="s">
+        <v>125</v>
+      </c>
+      <c r="D104" t="s">
+        <v>17</v>
+      </c>
+      <c r="E104" t="s">
+        <v>16</v>
+      </c>
+      <c r="F104"/>
+      <c r="G104"/>
+      <c r="H104" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>133</v>
+      </c>
+      <c r="B105">
+        <v>31</v>
+      </c>
+      <c r="C105" t="s">
+        <v>125</v>
+      </c>
+      <c r="D105" t="s">
+        <v>17</v>
+      </c>
+      <c r="E105" t="s">
+        <v>135</v>
+      </c>
+      <c r="F105"/>
+      <c r="G105"/>
+      <c r="H105" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>136</v>
+      </c>
+      <c r="B106">
+        <v>1</v>
+      </c>
+      <c r="C106" t="s">
+        <v>125</v>
+      </c>
+      <c r="D106" t="s">
+        <v>17</v>
+      </c>
+      <c r="E106" t="s">
+        <v>53</v>
+      </c>
+      <c r="F106"/>
+      <c r="G106"/>
+      <c r="H106" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>137</v>
+      </c>
+      <c r="B107">
+        <v>6</v>
+      </c>
+      <c r="C107" t="s">
+        <v>125</v>
+      </c>
+      <c r="D107" t="s">
+        <v>17</v>
+      </c>
+      <c r="E107" t="s">
+        <v>46</v>
+      </c>
+      <c r="F107"/>
+      <c r="G107"/>
+      <c r="H107" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>137</v>
+      </c>
+      <c r="B108">
+        <v>8</v>
+      </c>
+      <c r="C108" t="s">
+        <v>125</v>
+      </c>
+      <c r="D108" t="s">
+        <v>17</v>
+      </c>
+      <c r="E108" t="s">
+        <v>73</v>
+      </c>
+      <c r="F108"/>
+      <c r="G108"/>
+      <c r="H108" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>138</v>
+      </c>
+      <c r="B109">
         <v>2</v>
       </c>
-      <c r="C98" t="s">
-[...11 lines deleted...]
-        <v>12</v>
+      <c r="C109" t="s">
+        <v>125</v>
+      </c>
+      <c r="D109" t="s">
+        <v>17</v>
+      </c>
+      <c r="E109" t="s">
+        <v>16</v>
+      </c>
+      <c r="F109"/>
+      <c r="G109"/>
+      <c r="H109" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>139</v>
+      </c>
+      <c r="B110">
+        <v>2</v>
+      </c>
+      <c r="C110" t="s">
+        <v>125</v>
+      </c>
+      <c r="D110" t="s">
+        <v>17</v>
+      </c>
+      <c r="E110" t="s">
+        <v>140</v>
+      </c>
+      <c r="F110"/>
+      <c r="G110"/>
+      <c r="H110" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">