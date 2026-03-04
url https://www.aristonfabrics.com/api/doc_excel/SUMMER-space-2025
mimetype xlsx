--- v1 (2026-01-05)
+++ v2 (2026-03-04)
@@ -12,473 +12,527 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>SHADE</t>
   </si>
   <si>
     <t>BUNCH</t>
   </si>
   <si>
     <t>AVAILABILITY</t>
   </si>
   <si>
     <t>SOLD OUT SINCE</t>
   </si>
   <si>
     <t>SUBSTITUTE CODE</t>
   </si>
   <si>
     <t>SUBSTITUTE SHADE</t>
   </si>
   <si>
     <t>COLLECTION</t>
   </si>
   <si>
-    <t>A973</t>
+    <t>B028</t>
   </si>
   <si>
     <t>JACK BLAZER</t>
   </si>
   <si>
+    <t>sold out</t>
+  </si>
+  <si>
+    <t>10-10-2025</t>
+  </si>
+  <si>
+    <t>ESTATE 2025</t>
+  </si>
+  <si>
+    <t>10-03-2026</t>
+  </si>
+  <si>
+    <t>12-02-2026</t>
+  </si>
+  <si>
+    <t>15-03-2026</t>
+  </si>
+  <si>
+    <t>09-02-2026</t>
+  </si>
+  <si>
+    <t>C224</t>
+  </si>
+  <si>
+    <t>14-10-2025</t>
+  </si>
+  <si>
+    <t>D064</t>
+  </si>
+  <si>
+    <t>23-06-2025</t>
+  </si>
+  <si>
+    <t>P206</t>
+  </si>
+  <si>
+    <t>05-12-2025</t>
+  </si>
+  <si>
+    <t>P296</t>
+  </si>
+  <si>
+    <t>01-12-2025</t>
+  </si>
+  <si>
+    <t>P210</t>
+  </si>
+  <si>
+    <t>18-12-2025</t>
+  </si>
+  <si>
+    <t>P045</t>
+  </si>
+  <si>
+    <t>25-11-2025</t>
+  </si>
+  <si>
+    <t>P181</t>
+  </si>
+  <si>
+    <t>P280</t>
+  </si>
+  <si>
+    <t>10-02-2026</t>
+  </si>
+  <si>
+    <t>16-10-2025</t>
+  </si>
+  <si>
+    <t>21-10-2025</t>
+  </si>
+  <si>
+    <t>JACK SUN DREAMER</t>
+  </si>
+  <si>
+    <t>04-07-2025</t>
+  </si>
+  <si>
+    <t>P135</t>
+  </si>
+  <si>
+    <t>10-12-2025</t>
+  </si>
+  <si>
+    <t>17-07-2025</t>
+  </si>
+  <si>
+    <t>02-12-2025</t>
+  </si>
+  <si>
+    <t>13-11-2025</t>
+  </si>
+  <si>
+    <t>P300</t>
+  </si>
+  <si>
+    <t>20-10-2025</t>
+  </si>
+  <si>
+    <t>P153</t>
+  </si>
+  <si>
+    <t>15-12-2025</t>
+  </si>
+  <si>
+    <t>04-11-2025</t>
+  </si>
+  <si>
+    <t>17-02-2026</t>
+  </si>
+  <si>
+    <t>17-06-2025</t>
+  </si>
+  <si>
+    <t>P154</t>
+  </si>
+  <si>
+    <t>12-01-2026</t>
+  </si>
+  <si>
+    <t>12-11-2025</t>
+  </si>
+  <si>
+    <t>P256</t>
+  </si>
+  <si>
+    <t>20-11-2025</t>
+  </si>
+  <si>
+    <t>P298</t>
+  </si>
+  <si>
+    <t>04-08-2025</t>
+  </si>
+  <si>
+    <t>P259</t>
+  </si>
+  <si>
+    <t>03-07-2025</t>
+  </si>
+  <si>
+    <t>18-04-2025</t>
+  </si>
+  <si>
+    <t>P260</t>
+  </si>
+  <si>
+    <t>04-09-2025</t>
+  </si>
+  <si>
+    <t>B029</t>
+  </si>
+  <si>
+    <t>JACK SUN FANATIX</t>
+  </si>
+  <si>
+    <t>30-06-2025</t>
+  </si>
+  <si>
+    <t>03-09-2025</t>
+  </si>
+  <si>
+    <t>B031</t>
+  </si>
+  <si>
+    <t>C197</t>
+  </si>
+  <si>
+    <t>16-01-2026</t>
+  </si>
+  <si>
+    <t>29-05-2025</t>
+  </si>
+  <si>
+    <t>05-06-2025</t>
+  </si>
+  <si>
+    <t>29-01-2026</t>
+  </si>
+  <si>
+    <t>30-01-2026</t>
+  </si>
+  <si>
+    <t>D074</t>
+  </si>
+  <si>
+    <t>01-08-2025</t>
+  </si>
+  <si>
+    <t>P209</t>
+  </si>
+  <si>
+    <t>18-02-2026</t>
+  </si>
+  <si>
+    <t>P282</t>
+  </si>
+  <si>
+    <t>02-03-2026</t>
+  </si>
+  <si>
+    <t>C117</t>
+  </si>
+  <si>
+    <t>LIFE &amp; STYLE</t>
+  </si>
+  <si>
+    <t>12-12-2025</t>
+  </si>
+  <si>
+    <t>C135</t>
+  </si>
+  <si>
+    <t>C134</t>
+  </si>
+  <si>
+    <t>15-05-2025</t>
+  </si>
+  <si>
+    <t>C150</t>
+  </si>
+  <si>
+    <t>C162</t>
+  </si>
+  <si>
+    <t>C180</t>
+  </si>
+  <si>
+    <t>14-07-2025</t>
+  </si>
+  <si>
+    <t>C203</t>
+  </si>
+  <si>
+    <t>C205</t>
+  </si>
+  <si>
+    <t>23-12-2025</t>
+  </si>
+  <si>
+    <t>C208</t>
+  </si>
+  <si>
+    <t>02-09-2025</t>
+  </si>
+  <si>
+    <t>C213</t>
+  </si>
+  <si>
+    <t>C214</t>
+  </si>
+  <si>
+    <t>06-05-2025</t>
+  </si>
+  <si>
+    <t>D077</t>
+  </si>
+  <si>
+    <t>D088</t>
+  </si>
+  <si>
+    <t>SHIRTS RESEARCH PERMANENT</t>
+  </si>
+  <si>
+    <t>04-03-2026</t>
+  </si>
+  <si>
+    <t>P138</t>
+  </si>
+  <si>
+    <t>SOLIDS ESSENTIAL PERMANENT</t>
+  </si>
+  <si>
+    <t>30-04-2026</t>
+  </si>
+  <si>
+    <t>16-02-2026</t>
+  </si>
+  <si>
+    <t>P103</t>
+  </si>
+  <si>
+    <t>SOLIDS SUMMER PERMANENT</t>
+  </si>
+  <si>
+    <t>03-02-2026</t>
+  </si>
+  <si>
+    <t>A851</t>
+  </si>
+  <si>
+    <t>A913</t>
+  </si>
+  <si>
+    <t>SUITS CONTEMPORARY</t>
+  </si>
+  <si>
+    <t>26-01-2026</t>
+  </si>
+  <si>
+    <t>20-02-2026</t>
+  </si>
+  <si>
+    <t>07-01-2026</t>
+  </si>
+  <si>
+    <t>SUITS HERITAGE PERMANENT</t>
+  </si>
+  <si>
+    <t>L072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SUITS LUX PERMANENT </t>
+  </si>
+  <si>
+    <t>11-03-2026</t>
+  </si>
+  <si>
+    <t>17-12-2025</t>
+  </si>
+  <si>
+    <t>P136</t>
+  </si>
+  <si>
+    <t>SUITS SPORTX</t>
+  </si>
+  <si>
+    <t>28-04-2025</t>
+  </si>
+  <si>
     <t>15-01-2026</t>
   </si>
   <si>
-    <t>22-12-2025</t>
-[...230 lines deleted...]
-    <t>20-01-2026</t>
+    <t>P150</t>
+  </si>
+  <si>
+    <t>26-03-2025</t>
   </si>
   <si>
     <t>14-11-2025</t>
   </si>
   <si>
-    <t>D072</t>
-[...56 lines deleted...]
-    <t>SUITS SPORTX</t>
+    <t>P208</t>
+  </si>
+  <si>
+    <t>14-04-2025</t>
   </si>
   <si>
     <t>19-11-2025</t>
   </si>
   <si>
-    <t>P136</t>
-[...16 lines deleted...]
-  <si>
     <t>P262</t>
   </si>
   <si>
     <t>06-06-2025</t>
   </si>
   <si>
-    <t>P103</t>
-[...1 lines deleted...]
-  <si>
     <t>08-07-2025</t>
   </si>
   <si>
     <t>P237</t>
   </si>
   <si>
     <t>15-04-2025</t>
   </si>
   <si>
     <t>P076</t>
   </si>
   <si>
+    <t>14-01-2026</t>
+  </si>
+  <si>
+    <t>P281</t>
+  </si>
+  <si>
+    <t>P213</t>
+  </si>
+  <si>
+    <t>SUITS VIVALDI PERMANENT</t>
+  </si>
+  <si>
+    <t>15-04-2026</t>
+  </si>
+  <si>
+    <t>05-02-2026</t>
+  </si>
+  <si>
     <t>A852</t>
   </si>
   <si>
     <t>WED &amp; PARTY</t>
   </si>
   <si>
     <t>19-05-2025</t>
   </si>
   <si>
     <t>P048</t>
   </si>
   <si>
     <t>29-04-2025</t>
   </si>
   <si>
     <t>A986</t>
   </si>
   <si>
     <t>30-07-2025</t>
   </si>
   <si>
     <t>P204</t>
   </si>
   <si>
     <t>10-11-2025</t>
   </si>
   <si>
     <t>F005</t>
   </si>
   <si>
+    <t>31-03-2026</t>
+  </si>
+  <si>
     <t>01-09-2025</t>
   </si>
   <si>
     <t>23-07-2025</t>
   </si>
   <si>
     <t>F006</t>
   </si>
   <si>
     <t>F011</t>
   </si>
   <si>
     <t>F012</t>
   </si>
   <si>
+    <t>11-02-2026</t>
+  </si>
+  <si>
     <t>P214</t>
   </si>
   <si>
     <t>16-12-2025</t>
+  </si>
+  <si>
+    <t>F013</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -795,2587 +849,2811 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H110"/>
+  <dimension ref="A1:H118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.855713" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="6.998291" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="35.2771" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.706543" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="13.996582" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F2"/>
+      <c r="G2"/>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B3">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
       <c r="H3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B4">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B5">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B6">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C6" t="s">
         <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>18</v>
       </c>
       <c r="F6"/>
       <c r="G6"/>
       <c r="H6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B7">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-      <c r="G7"/>
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7">
+        <v>4</v>
+      </c>
       <c r="H7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="B8">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="G8"/>
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8">
+        <v>1</v>
+      </c>
       <c r="H8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B9">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
-[...2 lines deleted...]
-      <c r="G9"/>
+        <v>24</v>
+      </c>
+      <c r="F9" t="s">
+        <v>25</v>
+      </c>
+      <c r="G9">
+        <v>3</v>
+      </c>
       <c r="H9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="B10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="G10"/>
+        <v>26</v>
+      </c>
+      <c r="F10" t="s">
+        <v>25</v>
+      </c>
+      <c r="G10">
+        <v>1</v>
+      </c>
       <c r="H10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B11">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F11" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="G11">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="H11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
         <v>25</v>
       </c>
       <c r="B12">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-      <c r="G12"/>
+        <v>28</v>
+      </c>
+      <c r="F12" t="s">
+        <v>29</v>
+      </c>
+      <c r="G12">
+        <v>12</v>
+      </c>
       <c r="H12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B13">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="F13"/>
+      <c r="G13"/>
       <c r="H13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B14">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="C14" t="s">
         <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F14" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
       <c r="H14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B15">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>9</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="F15"/>
+      <c r="G15"/>
       <c r="H15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="B16">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>31</v>
-[...6 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="F16"/>
+      <c r="G16"/>
       <c r="H16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B17">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C18" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="F18"/>
       <c r="G18"/>
       <c r="H18" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>36</v>
       </c>
       <c r="B19">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C19" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>38</v>
       </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="B20">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="C20" t="s">
+        <v>34</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21">
+        <v>8</v>
+      </c>
+      <c r="C21" t="s">
+        <v>34</v>
+      </c>
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>40</v>
+      </c>
+      <c r="F21" t="s">
         <v>41</v>
       </c>
-      <c r="B21">
-[...12 lines deleted...]
-      <c r="G21"/>
+      <c r="G21">
+        <v>1</v>
+      </c>
       <c r="H21" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
+        <v>36</v>
+      </c>
+      <c r="B22">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>34</v>
+      </c>
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>42</v>
+      </c>
+      <c r="F22" t="s">
         <v>41</v>
       </c>
-      <c r="B22">
-[...12 lines deleted...]
-      <c r="G22"/>
+      <c r="G22">
+        <v>2</v>
+      </c>
       <c r="H22" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B23">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="C23" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E23" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B24">
-        <v>5</v>
+        <v>33</v>
       </c>
       <c r="C24" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E24" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B25">
-        <v>7</v>
+        <v>34</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E25" t="s">
+        <v>46</v>
+      </c>
+      <c r="F25" t="s">
         <v>43</v>
       </c>
-      <c r="F25"/>
-      <c r="G25"/>
+      <c r="G25">
+        <v>16</v>
+      </c>
       <c r="H25" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B26">
-        <v>8</v>
+        <v>37</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E26" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B27">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="C27" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E27" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B28">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="C28" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B29">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="C29" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E29" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="F29"/>
       <c r="G29"/>
       <c r="H29" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B30">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="C30" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E30" t="s">
-        <v>48</v>
+        <v>35</v>
       </c>
       <c r="F30"/>
       <c r="G30"/>
       <c r="H30" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B31">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="C31" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D31" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E31" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B32">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="C32" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D32" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E32" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="G32"/>
+        <v>52</v>
+      </c>
+      <c r="F32" t="s">
+        <v>53</v>
+      </c>
+      <c r="G32">
+        <v>14</v>
+      </c>
       <c r="H32" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C33" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E33" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B34">
         <v>4</v>
       </c>
       <c r="C34" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E34" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B35">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="C35" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D35" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E35" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F35" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="G35">
         <v>4</v>
       </c>
       <c r="H35" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="B36">
         <v>4</v>
       </c>
       <c r="C36" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D36" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E36" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F36"/>
       <c r="G36"/>
       <c r="H36" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B37">
         <v>4</v>
       </c>
       <c r="C37" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E37" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="G37"/>
+        <v>62</v>
+      </c>
+      <c r="F37" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37">
+        <v>7</v>
+      </c>
       <c r="H37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B38">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="C38" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D38" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E38" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="F38" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G38">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H38" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="B39">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="C39" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B40">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="C40" t="s">
-        <v>39</v>
+        <v>61</v>
       </c>
       <c r="D40" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E40" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B41">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>61</v>
       </c>
       <c r="D41" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E41" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B42">
-        <v>5</v>
+        <v>37</v>
       </c>
       <c r="C42" t="s">
         <v>61</v>
       </c>
       <c r="D42" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E42" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F42"/>
       <c r="G42"/>
       <c r="H42" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B43">
-        <v>7</v>
+        <v>38</v>
       </c>
       <c r="C43" t="s">
         <v>61</v>
       </c>
       <c r="D43" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E43" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>65</v>
       </c>
       <c r="B44">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="C44" t="s">
         <v>61</v>
       </c>
       <c r="D44" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>66</v>
       </c>
-      <c r="F44"/>
-      <c r="G44"/>
+      <c r="F44" t="s">
+        <v>64</v>
+      </c>
+      <c r="G44">
+        <v>1</v>
+      </c>
       <c r="H44" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>65</v>
       </c>
       <c r="B45">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="C45" t="s">
         <v>61</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E45" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>65</v>
       </c>
       <c r="B46">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="C46" t="s">
         <v>61</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
-        <v>16</v>
+        <v>70</v>
       </c>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>65</v>
       </c>
       <c r="B47">
         <v>52</v>
       </c>
       <c r="C47" t="s">
         <v>61</v>
       </c>
       <c r="D47" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E47" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B48">
         <v>12</v>
       </c>
       <c r="C48" t="s">
         <v>61</v>
       </c>
       <c r="D48" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E48" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="F48"/>
       <c r="G48"/>
       <c r="H48" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B49">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C49" t="s">
         <v>61</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E49" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="G49"/>
+        <v>74</v>
+      </c>
+      <c r="F49" t="s">
+        <v>65</v>
+      </c>
+      <c r="G49">
+        <v>10</v>
+      </c>
       <c r="H49" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B50">
         <v>1</v>
       </c>
       <c r="C50" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D50" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E50" t="s">
-        <v>73</v>
-[...6 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="F50"/>
+      <c r="G50"/>
       <c r="H50" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>75</v>
       </c>
       <c r="B51">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="C51" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="D51" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>76</v>
       </c>
       <c r="F51"/>
       <c r="G51"/>
       <c r="H51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>77</v>
       </c>
       <c r="B52">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="C52" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D52" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E52" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-      <c r="G52"/>
+        <v>79</v>
+      </c>
+      <c r="F52" t="s">
+        <v>80</v>
+      </c>
+      <c r="G52">
+        <v>2</v>
+      </c>
       <c r="H52" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B53">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="C53" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D53" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E53" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="F53"/>
       <c r="G53"/>
       <c r="H53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>83</v>
+      </c>
+      <c r="B54">
+        <v>15</v>
+      </c>
+      <c r="C54" t="s">
         <v>78</v>
       </c>
-      <c r="B54">
-[...4 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E54" t="s">
-        <v>63</v>
-[...6 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="F54"/>
+      <c r="G54"/>
       <c r="H54" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B55">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="C55" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D55" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E55" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="F55"/>
       <c r="G55"/>
       <c r="H55" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B56">
         <v>1</v>
       </c>
       <c r="C56" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D56" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E56" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-      <c r="G56"/>
+        <v>63</v>
+      </c>
+      <c r="F56" t="s">
+        <v>80</v>
+      </c>
+      <c r="G56">
+        <v>2</v>
+      </c>
       <c r="H56" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B57">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C57" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D57" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E57" t="s">
-        <v>58</v>
-[...6 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="F57"/>
+      <c r="G57"/>
       <c r="H57" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B58">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C58" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D58" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E58" t="s">
-        <v>48</v>
-[...6 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="F58"/>
+      <c r="G58"/>
       <c r="H58" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B59">
         <v>1</v>
       </c>
       <c r="C59" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D59" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E59" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B60">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="C60" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D60" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E60" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B61">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="C61" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D61" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E61" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="F61" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="G61">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="H61" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B62">
         <v>1</v>
       </c>
       <c r="C62" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D62" t="s">
-        <v>88</v>
+        <v>10</v>
       </c>
       <c r="E62" t="s">
-        <v>89</v>
+        <v>11</v>
       </c>
       <c r="F62"/>
       <c r="G62"/>
       <c r="H62" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B63">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="C63" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D63" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E63" t="s">
-        <v>91</v>
+        <v>11</v>
       </c>
       <c r="F63"/>
       <c r="G63"/>
       <c r="H63" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B64">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="C64" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D64" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E64" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-      <c r="G64"/>
+        <v>94</v>
+      </c>
+      <c r="F64" t="s">
+        <v>85</v>
+      </c>
+      <c r="G64">
+        <v>1</v>
+      </c>
       <c r="H64" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B65">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C65" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D65" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E65" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B66">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C66" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D66" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E66" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="F66"/>
+      <c r="G66"/>
       <c r="H66" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>96</v>
       </c>
       <c r="B67">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="C67" t="s">
         <v>97</v>
       </c>
       <c r="D67" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E67" t="s">
         <v>98</v>
       </c>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B68">
-        <v>61</v>
+        <v>3</v>
       </c>
       <c r="C68" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D68" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="E68" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="G68"/>
+        <v>98</v>
+      </c>
+      <c r="F68" t="s">
+        <v>96</v>
+      </c>
+      <c r="G68">
+        <v>2</v>
+      </c>
       <c r="H68" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>99</v>
+      </c>
+      <c r="B69">
+        <v>36</v>
+      </c>
+      <c r="C69" t="s">
+        <v>100</v>
+      </c>
+      <c r="D69" t="s">
         <v>101</v>
       </c>
-      <c r="B69">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="E69" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B70">
-        <v>550</v>
+        <v>37</v>
       </c>
       <c r="C70" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="D70" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="E70" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B71">
-        <v>616</v>
+        <v>5</v>
       </c>
       <c r="C71" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D71" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E71" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="G71"/>
+        <v>105</v>
+      </c>
+      <c r="F71" t="s">
+        <v>106</v>
+      </c>
+      <c r="G71">
+        <v>24</v>
+      </c>
       <c r="H71" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B72">
-        <v>622</v>
+        <v>205</v>
       </c>
       <c r="C72" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B73">
-        <v>646</v>
+        <v>489</v>
       </c>
       <c r="C73" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B74">
-        <v>653</v>
+        <v>550</v>
       </c>
       <c r="C74" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D74" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E74" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B75">
-        <v>661</v>
+        <v>616</v>
       </c>
       <c r="C75" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D75" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E75" t="s">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B76">
-        <v>664</v>
+        <v>653</v>
       </c>
       <c r="C76" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B77">
-        <v>674</v>
+        <v>660</v>
       </c>
       <c r="C77" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D77" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E77" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B78">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="C78" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D78" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E78" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="G78"/>
+        <v>11</v>
+      </c>
+      <c r="F78" t="s">
+        <v>107</v>
+      </c>
+      <c r="G78">
+        <v>700</v>
+      </c>
       <c r="H78" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B79">
-        <v>9</v>
+        <v>674</v>
       </c>
       <c r="C79" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D79" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E79" t="s">
-        <v>107</v>
+        <v>11</v>
       </c>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B80">
-        <v>72</v>
+        <v>657</v>
       </c>
       <c r="C80" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D80" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E80" t="s">
-        <v>110</v>
+        <v>11</v>
       </c>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B81">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="D81" t="s">
-        <v>17</v>
+        <v>115</v>
       </c>
       <c r="E81" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B82">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C82" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D82" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E82" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="B83">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C83" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D83" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E83" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="F83"/>
+      <c r="G83"/>
       <c r="H83" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="B84">
         <v>19</v>
       </c>
       <c r="C84" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D84" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E84" t="s">
-        <v>67</v>
+        <v>120</v>
       </c>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="B85">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="C85" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D85" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E85" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-      <c r="G85"/>
+        <v>122</v>
+      </c>
+      <c r="F85" t="s">
+        <v>73</v>
+      </c>
+      <c r="G85">
+        <v>8</v>
+      </c>
       <c r="H85" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="B86">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="C86" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D86" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E86" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B87">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C87" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D87" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E87" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>54</v>
+        <v>121</v>
       </c>
       <c r="B88">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="C88" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D88" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E88" t="s">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>54</v>
+        <v>124</v>
       </c>
       <c r="B89">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="C89" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D89" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E89" t="s">
-        <v>69</v>
+        <v>125</v>
       </c>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>117</v>
+        <v>55</v>
       </c>
       <c r="B90">
         <v>1</v>
       </c>
       <c r="C90" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D90" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E90" t="s">
-        <v>118</v>
-[...6 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="F90"/>
+      <c r="G90"/>
       <c r="H90" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>117</v>
+        <v>55</v>
       </c>
       <c r="B91">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="C91" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D91" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E91" t="s">
-        <v>120</v>
-[...6 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="F91"/>
+      <c r="G91"/>
       <c r="H91" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B92">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="C92" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D92" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E92" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="F92" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="G92">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="H92" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="B93">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C93" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D93" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E93" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-      <c r="G93"/>
+        <v>129</v>
+      </c>
+      <c r="F93" t="s">
+        <v>130</v>
+      </c>
+      <c r="G93">
+        <v>8</v>
+      </c>
       <c r="H93" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B94">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="C94" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="D94" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E94" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="F94"/>
+      <c r="G94"/>
       <c r="H94" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B95">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="C95" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="D95" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E95" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F95" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="G95">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="H95" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="B96">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="C96" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="D96" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>128</v>
       </c>
-      <c r="F96" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F96"/>
+      <c r="G96"/>
       <c r="H96" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B97">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="C97" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="D97" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E97" t="s">
-        <v>130</v>
-[...6 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="F97"/>
+      <c r="G97"/>
       <c r="H97" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B98">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C98" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="D98" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E98" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="F98"/>
+      <c r="G98"/>
       <c r="H98" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B99">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C99" t="s">
-        <v>125</v>
+        <v>136</v>
       </c>
       <c r="D99" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="E99" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B100">
+        <v>22</v>
+      </c>
+      <c r="C100" t="s">
+        <v>140</v>
+      </c>
+      <c r="D100" t="s">
+        <v>10</v>
+      </c>
+      <c r="E100" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" t="s">
+        <v>139</v>
+      </c>
+      <c r="G100">
         <v>14</v>
       </c>
-      <c r="C100" t="s">
-[...9 lines deleted...]
-      <c r="G100"/>
       <c r="H100" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B101">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="C101" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D101" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E101" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="F101" t="s">
-        <v>129</v>
+        <v>142</v>
       </c>
       <c r="G101">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="H101" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B102">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D102" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E102" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="G102"/>
+        <v>143</v>
+      </c>
+      <c r="F102" t="s">
+        <v>142</v>
+      </c>
+      <c r="G102">
+        <v>7</v>
+      </c>
       <c r="H102" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="B103">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="C103" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D103" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E103" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-      <c r="G103"/>
+        <v>145</v>
+      </c>
+      <c r="F103" t="s">
+        <v>146</v>
+      </c>
+      <c r="G103">
+        <v>1</v>
+      </c>
       <c r="H103" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="B104">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="C104" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D104" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E104" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="G104"/>
+        <v>82</v>
+      </c>
+      <c r="F104" t="s">
+        <v>146</v>
+      </c>
+      <c r="G104">
+        <v>6</v>
+      </c>
       <c r="H104" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>133</v>
+        <v>144</v>
       </c>
       <c r="B105">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="C105" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E105" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="F105"/>
       <c r="G105"/>
       <c r="H105" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="B106">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="C106" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D106" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
       <c r="E106" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-      <c r="G106"/>
+        <v>105</v>
+      </c>
+      <c r="F106" t="s">
+        <v>148</v>
+      </c>
+      <c r="G106">
+        <v>15</v>
+      </c>
       <c r="H106" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="B107">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="C107" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D107" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E107" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-      <c r="G107"/>
+        <v>150</v>
+      </c>
+      <c r="F107" t="s">
+        <v>144</v>
+      </c>
+      <c r="G107">
+        <v>1</v>
+      </c>
       <c r="H107" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>137</v>
+        <v>148</v>
       </c>
       <c r="B108">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="C108" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D108" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E108" t="s">
-        <v>73</v>
+        <v>11</v>
       </c>
       <c r="F108"/>
       <c r="G108"/>
       <c r="H108" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="B109">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="C109" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E109" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="F109"/>
       <c r="G109"/>
       <c r="H109" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="B110">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="C110" t="s">
-        <v>125</v>
+        <v>140</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="E110" t="s">
-        <v>140</v>
+        <v>11</v>
       </c>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110" t="s">
-        <v>13</v>
+        <v>12</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>148</v>
+      </c>
+      <c r="B111">
+        <v>31</v>
+      </c>
+      <c r="C111" t="s">
+        <v>140</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>151</v>
+      </c>
+      <c r="F111"/>
+      <c r="G111"/>
+      <c r="H111" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>152</v>
+      </c>
+      <c r="B112">
+        <v>1</v>
+      </c>
+      <c r="C112" t="s">
+        <v>140</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>54</v>
+      </c>
+      <c r="F112"/>
+      <c r="G112"/>
+      <c r="H112" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>153</v>
+      </c>
+      <c r="B113">
+        <v>5</v>
+      </c>
+      <c r="C113" t="s">
+        <v>140</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>138</v>
+      </c>
+      <c r="F113"/>
+      <c r="G113"/>
+      <c r="H113" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>153</v>
+      </c>
+      <c r="B114">
+        <v>6</v>
+      </c>
+      <c r="C114" t="s">
+        <v>140</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>44</v>
+      </c>
+      <c r="F114"/>
+      <c r="G114"/>
+      <c r="H114" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>153</v>
+      </c>
+      <c r="B115">
+        <v>8</v>
+      </c>
+      <c r="C115" t="s">
+        <v>140</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
+        <v>79</v>
+      </c>
+      <c r="F115"/>
+      <c r="G115"/>
+      <c r="H115" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>154</v>
+      </c>
+      <c r="B116">
+        <v>2</v>
+      </c>
+      <c r="C116" t="s">
+        <v>140</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116"/>
+      <c r="G116"/>
+      <c r="H116" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>142</v>
+      </c>
+      <c r="B117">
+        <v>7</v>
+      </c>
+      <c r="C117" t="s">
+        <v>140</v>
+      </c>
+      <c r="D117" t="s">
+        <v>137</v>
+      </c>
+      <c r="E117" t="s">
+        <v>155</v>
+      </c>
+      <c r="F117" t="s">
+        <v>139</v>
+      </c>
+      <c r="G117">
+        <v>9</v>
+      </c>
+      <c r="H117" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>156</v>
+      </c>
+      <c r="B118">
+        <v>2</v>
+      </c>
+      <c r="C118" t="s">
+        <v>140</v>
+      </c>
+      <c r="D118" t="s">
+        <v>10</v>
+      </c>
+      <c r="E118" t="s">
+        <v>157</v>
+      </c>
+      <c r="F118" t="s">
+        <v>158</v>
+      </c>
+      <c r="G118">
+        <v>1</v>
+      </c>
+      <c r="H118" t="s">
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">